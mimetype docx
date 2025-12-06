--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,9920 +1,10155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7E9690D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="43ABEC91" w14:textId="77777777" w:rsidR="00407673" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының</w:t>
+      </w:r>
+      <w:r w:rsidR="00407673">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> №21</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E411D3" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713F8502" w14:textId="449F8E85" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="359F5383" w14:textId="27FED57E" w:rsidR="00D70D9E" w:rsidRPr="00635CEC" w:rsidRDefault="005D1B6E" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...83 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>русским  языком обучения,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> орыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де оқытатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарих</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2CDE9623" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3C53A474" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00E411D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD8C423" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2A589193" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="00407673" w14:paraId="5B93AF5A" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="723292A8" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E97649" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="19311DFC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6BCD39" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="0C581634" w14:textId="5B6511C8" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00661D74">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EACE378" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="199F2B51" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4D8929" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="004F11AD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="004F11AD" w:rsidRPr="005D1B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D1B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,       </w:t>
+            </w:r>
+            <w:r w:rsidR="00407673" w:rsidRPr="005D1B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          Павлодар </w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қаласы, Камзин </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2B29BEF1" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="4252EAD1" w14:textId="77777777" w:rsidTr="00D23FBB">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="22D56F39" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBAF825" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="7118A7BC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECE8539" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CC6C32">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="59E7C2D1" w14:textId="64261848" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D9B71F" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>Камзина, 346</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="4CA40B91" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="00407673" w14:paraId="20C76BA8" w14:textId="77777777" w:rsidTr="00D23FBB">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B8EF66B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02072381" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E9BB97" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Э</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лектрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCE84BF" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00407673" w:rsidRDefault="00407673" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...64 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="569143AA" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="4925264D" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C5C95E9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D79BE76" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="16EFFC7D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628C71B5" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-              <w:t>sosh21@goo.edu.kz</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F3197A" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00407673">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="613BA3F8" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="0052BF06" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="313B2EAA" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="467A0FAA" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B7D9C7" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,   білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2A8C25" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4F5404" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қысқа мерзімді жоспарларды, бөлімдер мен тоқсанның суммативті бағалауға арналған тапсырмаларды жасайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3456D87F" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронды журналдарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02BC5F13" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпыға міндетті білім беру стандарттарында көзделген оқушылар мен деңгейден төмен емес тәрбиеленушілердің пәндік нәтижелерін, отбасылық-қызметтік, тұлғалық жетістіктерін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F9814B4" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="585EE4BB" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B79B246" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B90731" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53559B85" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="163C2A6A" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D33E9F8" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA3912E" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D05737D" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="552C8443" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27DACFF0" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1067FC9D" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="74E6B04B" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDDC546" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0176EE33" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...94 lines deleted...]
-          <w:p w14:paraId="480E4B6B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A9CC3AA" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B0B2E41" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="52574579" w14:textId="7B5B7253" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76FA5C6F" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DB91305" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="401B9B08" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E175140" w14:textId="304B4098" w:rsidR="00E124BC" w:rsidRDefault="005D1B6E" w:rsidP="00E411D3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс </w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">де </w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытатын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі, 16</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F95122A" w14:textId="77777777" w:rsidR="00407673" w:rsidRPr="00635CEC" w:rsidRDefault="00407673" w:rsidP="00E411D3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="03B5F6D5" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="510621AF" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73471AE7" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DFF214" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F569AF1" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="006E2F9D" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 113000</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6882F9CC" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 177766 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="7904648A" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CAF62F" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63535ABD" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCCF3A2" w14:textId="66DB2C39" w:rsidR="00E124BC" w:rsidRPr="00851A8E" w:rsidRDefault="005D1B6E" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс </w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00851A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00851A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">де оқытатын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="00851A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AB41B4" w14:textId="77777777" w:rsidR="00363A9C" w:rsidRPr="00363A9C" w:rsidRDefault="00363A9C" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="77F526F1" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3891ED48" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5148B367" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1764DC" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="35854216" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="791106E0" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54450AB3" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="1D41AA00" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B86484" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="1F277596" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="32D04296" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D1BFB70" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E3E9A8" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5589C922" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C87A07B" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A246F58" w14:textId="016BADBB" w:rsidR="00E124BC" w:rsidRPr="003F2DAE" w:rsidRDefault="005D1B6E" w:rsidP="006E2F9D">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...48 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="006E2F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 177766</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="006E2F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="003F2DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E124BC" w:rsidRPr="003F2DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r w:rsidR="003F2DAE" w:rsidRPr="003F2DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="410F8738" w14:textId="77777777" w:rsidTr="005A16CD">
-[...4 lines deleted...]
-          <w:p w14:paraId="47D6CD77" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="0193835D" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A973022" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="718B5F17" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151E78AC" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D081CC0" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B43C96A" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0292D548" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="560CE29A" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475E17AC" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBEF746" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C2137CE" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0166D1F3" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60911145" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38507489" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="14BDB836" w14:textId="77777777" w:rsidTr="005A16CD">
-[...7 lines deleted...]
-          <w:p w14:paraId="0BC34BA9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+      <w:tr w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w14:paraId="20E6261A" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1323473A" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5E3A3D7A" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B7037A4" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="7B555C2A" w14:textId="1803A5B5" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00A81D9B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B135D11" w14:textId="4630C573" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>-</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>уақытша, негізгі қызметкердің бала күтімі бойынша демалысы кезеңін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>.2022</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25.05.2023  жылға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="5238C72A" w14:textId="77777777" w:rsidTr="005A16CD">
-[...696 lines deleted...]
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="572E8D4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w14:paraId="2DADBC30" w14:textId="77777777" w:rsidTr="00D478D0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E6379D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38506D84" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="09458699" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00863208" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3739FE8D" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="003F2DAE" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46E7300E" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4B49411F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E2B5D4F" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="54541C2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50A75978" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="39C9C2FD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F202C28" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0C4A392F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="504AD305" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="16806850" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="618E5482" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C4CFC6F" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="207CF5CF" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74EEC49D" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06F9A0A4" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="319472BE" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2702C196" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FC953D0" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59A10E81" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12B650B2" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77426A5E" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49F790B5" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="397753A2" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D04C90" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F15FA92" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293A66BE" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4084473D" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FEF53FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...61 lines deleted...]
-    <w:p w14:paraId="3B922E76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7D194CC8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="720D4692" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4EA3A292" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025949DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...19 lines deleted...]
-    <w:p w14:paraId="3672D895" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="76A09613" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EEBA24C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="09AA4B58" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60BE2A1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="65192CEF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A62283E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...53 lines deleted...]
-    <w:p w14:paraId="29388B7D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="11DDAEFC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="002351DC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="002351DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794BF334" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="008EAB14" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002351DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C45D436" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002351DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BE05F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="1DEB136E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="002351DC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002351DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E55330F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002351DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0594A6F6" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D5DD0C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518DD93E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21F7496B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="49D40F17" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C85761" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6753D0F3" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECCDEFB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="1583F430" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...15 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44932C9C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="023B9D39" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5D232606" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...27 lines deleted...]
-    <w:p w14:paraId="2876ADB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="440B47A2" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF310C8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7FC7E6F8" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66D7B78C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="32F4B620" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA96F77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="70FBB12E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0B2620DE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="02C91D76" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C7A935" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="787BF322" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B337D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="462B5331" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7470ED11" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="072368AE" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B43A275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="74738192" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="10A2555D" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00635CEC" w14:paraId="7F68A918" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBC30F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0E3EBE3F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3AAEE14C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18152246" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD0916C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="62060696" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4567CCB4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="1C378A80" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A24E198" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33EF53A5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00635CEC" w14:paraId="2D051CB0" w14:textId="77777777" w:rsidTr="00DF4A7D">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2BFAD9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B433DDC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA8F178" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...46 lines deleted...]
-          <w:p w14:paraId="3EB19C50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05446C8D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...49 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75987FFF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="382A6002" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76735471" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4CB1FEEC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...30 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417B682A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="3657E980" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="638D8789" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="65A5AFF6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="479590E0" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="205C4FC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4FE3AFC0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="106C5B5C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6CDA3270" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F98D66" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="09CDDCCA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB245A4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="399BECA7" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71267845" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2DD29025" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6BE0EB25" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="01F0AE3E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылыми дәрежесі, ғылыми атағы ________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2EA9E2DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="095928FD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46709B23" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3C8628B0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FC74AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="01D3A9F2" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38148DA0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="302B4E14" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="078A143C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="085F32B5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573704DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="47290147" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B22CB20" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...179 lines deleted...]
-      </w:pPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="5D861E17" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00635CEC" w14:paraId="4B46DB65" w14:textId="77777777" w:rsidTr="006F7468">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C50E4D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="50D7454B" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="17C28AE6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidR="00452A41" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D8A30B3" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D5754D3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="697B36CA" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3A5DF021" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F1D5A6" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="40D1F4C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="769E1B37" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="51A891D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A870BFC" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="4AEFE89B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E397E5" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...44 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D3D3723" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="785B9C29" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3079314D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6D82D55E" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00635CEC" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34652CEB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4F405662" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00635CEC" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723EC258" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00610B31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="591E3E8A" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="6DF2B940" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB29484" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F8712F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1ADAD5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...14 lines deleted...]
-              <w:ind w:firstLine="851"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="004A1784" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1D36C487" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3574D96D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="006F7468">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EC60676" w14:textId="77777777" w:rsidR="00854F32" w:rsidRPr="00635CEC" w:rsidRDefault="0053507A" w:rsidP="0053507A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+            <w:r w:rsidR="00854F32" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="522551E6" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="009862B5" w14:paraId="6BD52B37" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B9CB08" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59AEB245" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF9DC08" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="157AE604" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D6E964" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC4752D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14CFFCA4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1BE963" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="1A271C7B" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE7DC48" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FAA760" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F3D30A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF3CCD8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A066CBD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73865936" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0419628F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE6B7D4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="009862B5" w14:paraId="778E1783" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="697C53B4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61A402FF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C13CBF9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E84F968" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E60DEA0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454983C8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30515976" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BE1DA7C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62879FFC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="081177B1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21297F6B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5009F59A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291FE499" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47917848" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C02C90" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="117A51F4" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00635CEC" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CA6B59D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429215D0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="795B94DD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496AED5A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26207455" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461BA42A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D75BD72" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18F17E41" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0385542A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFA8CDA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22FA4683" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766FD5B8" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00635CEC" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B66F4A5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77C44112" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F01354B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C664B80" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B6B2B63" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="096C7685" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210B820B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51889C8A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00EA2AFC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327FB8A6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68DB8D7F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D03AA2" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00635CEC" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="546633D0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDEA008" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AAE3B35" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1922341A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503586BC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307ECA77" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B2A0DDA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="676216C5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="391074B5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475A283C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C64F86" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE5BDB2" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00635CEC" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AAB0C5C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F061631" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="00D40F12" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2128E1E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="386ED7D9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Біліктілігі/</w:t>
+            </w:r>
+            <w:r w:rsidR="006F7468" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5B6884" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C54AC6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD257F5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 санат -</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F853D86" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жоғары санатты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="359630B2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD6EF9C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19B31070" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="058A4739" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DB0178" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="3AD7B41D" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6252DB09" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA9DCA3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52821B87" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6466DA5D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D41732" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8ACB34" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A27543" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>10 жылдан және одан артық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51797058" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="5B8195D2" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="002595B4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CECD3B6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6482C53B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D5680A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210507EC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590DBCBA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0E1D28" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="68AC3092" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155D70BC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBA8ECD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C051248" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="499B3CC2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6376A7D4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өте жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A11698C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690B1186" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="63B58842" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D04AA6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CC9493" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="606CB62C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4595AFF8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A8C8BD9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDDB3A4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004149B6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="782075E9" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46392E35" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAE9481" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3683C5E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="784BC265" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D6DA597" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42763FF0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7FA8DD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="357DF57C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3F6FA9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Үздік педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68AB8986" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Үздік педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C7BF6F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Қазақстанның еңбек сіңірген ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6507D26C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="009862B5" w14:paraId="2AE43385" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10587571" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9E2507" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FF4121" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607262AE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F40A94B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EAB744C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00415A88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6299371D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="65501549" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9942F2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A9F849" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Қоғамдық-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогикалық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A6CF1A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E63F654" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEDE536" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="407F0349" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63ADE9F9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F5E939" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7200FB88" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABE89B7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB60E50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="5CEDBBBE" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4D85E2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55160C50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E33167" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BEB1C2E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A4C96E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD06E0E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="501AFAE8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe Zertifikat, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Python-да бағдарламалау негіздері</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Microsoft-пен жұмыс істеуді оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36187EBB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курстары</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C2ADB7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8F20E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00610B31" w:rsidRPr="00635CEC" w14:paraId="07FBA8F5" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27485DF6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...26 lines deleted...]
-              <w:ind w:left="141"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E497C76" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04388965" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5160 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01B865EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5C8D7A7F" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A2B0520" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3AA13C85" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F704FCD" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
+    <w:p w14:paraId="569B80BF" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="387386751">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1201168739">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1250504354">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1113090809">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="63837723">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="379402084">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00DB4AA9"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002351DC"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00362DD4"/>
+    <w:rsid w:val="00363A9C"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F2DAE"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="00407673"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F11AD"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D1B6E"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00635CEC"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E2F9D"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="007026D4"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00851A8E"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="009862B5"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C85E4D"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC40E4"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF1635"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D23FBB"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E124BC"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E411D3"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5FE57418"/>
-  <w15:docId w15:val="{BADC1CBB-9DB5-4024-B2CA-B0CD2CA9BC42}"/>
+  <w14:docId w14:val="72F84698"/>
+  <w15:docId w15:val="{E31C8418-BF8A-40E1-8E07-FBA02AB7B6FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10260,119 +10495,244 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00661D74"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10406,86 +10766,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -10621,85 +10979,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44C76A48-7959-43AF-9D2E-8ED9281FB72A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{836D5658-4F14-4FFA-BC7B-7F6905B5FD6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>10082</Characters>
+  <Pages>6</Pages>
+  <Words>1909</Words>
+  <Characters>10882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Home</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11827</CharactersWithSpaces>
+  <CharactersWithSpaces>12766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>