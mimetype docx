--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,12172 +1,5088 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="501358EF" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="756999E9" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...68 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1147A1B1" w14:textId="5037FF08" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="74DB4BF4" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="0067655F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
+        <w:t>Павлодар қаласының № 26 жалпы орта білім беретін мектебі " КММ конкурс жариялайды</w:t>
       </w:r>
-      <w:r w:rsidR="008C4E33">
+    </w:p>
+    <w:p w14:paraId="641FCB6F" w14:textId="1BFDBE63" w:rsidR="00307343" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должность </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0067655F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дефектолог лауазымына.</w:t>
       </w:r>
-      <w:r w:rsidR="003378D1">
+    </w:p>
+    <w:p w14:paraId="32CC41FC" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00307343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дефектолога</w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7551"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="525791B0" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00307343" w:rsidRPr="0067655F" w14:paraId="0A4B1092" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0412C71D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="610C2029" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6D65C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
-[...15 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w14:paraId="293AA6E7" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02E6264A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4A21B5DF" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00BB07AB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB07AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="622AD266" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="03071972" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="047CFE9C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="7CC75B5F" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A405FD8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
-[...14 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+          <w:p w14:paraId="07093D68" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A9ABA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="006972A3">
+          <w:p w14:paraId="088575DB" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00BB07AB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140000, Қазақстан Ре</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB07AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спубликасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB07AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Семенченко</w:t>
             </w:r>
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
-[...11 lines deleted...]
-              <w:t>70</w:t>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  көшесі, 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5D41C1B2" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BB07AB" w:rsidRPr="00307343" w14:paraId="424A37EA" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1FD67DC1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="4267D772" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02A321C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
-[...14 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+          <w:p w14:paraId="24C110A0" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47532F13" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="0044022F">
+          <w:p w14:paraId="1DA79D4C" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00256C8A" w:rsidRDefault="00BB07AB" w:rsidP="00A909D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-              <w:t>60-19-20</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00256C8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>601920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="2EECF124" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BB07AB" w:rsidRPr="00307343" w14:paraId="6B4CE226" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3EB0B9AF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="344FD48A" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD03742" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
-[...14 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+          <w:p w14:paraId="75998560" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE499CB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00774DBC" w:rsidRDefault="00774DBC" w:rsidP="0044022F">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1D9EAC83" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00256C8A" w:rsidRDefault="00BB07AB" w:rsidP="00A909D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00774DBC">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00355C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="3482573A" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="2898585D" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="52EBB73C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="7F8CAD5C" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37E16BBD" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
-[...13 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+          <w:p w14:paraId="52E38F71" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEEFD90" w14:textId="7697C038" w:rsidR="001E6570" w:rsidRPr="00BF3F55" w:rsidRDefault="003378D1" w:rsidP="003861F7">
-[...12 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="7F02C6FA" w14:textId="4D3BD64F" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="0067655F" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дефектолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="0D277382" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00307343" w:rsidRPr="0067655F" w14:paraId="0F9FD1C4" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="075924B7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="77829EDB" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2765 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3CAE44" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
-[...56 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="691524CD" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AEAEB8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта және жалпы орта білім берудің оқу бағдарламаларын іске асыратын орта білім беру ұйымының, оның ішінде арнаулы мектептердің (мектеп-интернаттардың) арнаулы педагогы үлгілік оқу жоспарлары мен бағдарламаларына сәйкес кемтар балалармен жеке, топтық және кіші топтық сабақтар (сабақтар) өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1371987F" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07F3F6D7" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мүмкіндігі шектеулі балаларға арнайы педагогикалық тексеру жүргізеді және тәрбиеленушілердің ерекше білім алу қажеттіліктерін бағалауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35513A26" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08308572" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>даму мүмкіндіктері шектеулі балалардың психофизикалық даму бұзылыстарын еңсеру үшін жеке оқу, Жеке-дамытушы, түзету-дамытушы бағдарламаларды әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)сабақтар өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487C1E63" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CA689BD" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мүмкіндігі шектеулі балаларға арнайы психологиялық-педагогикалық қолдау көрсетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFF0653" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01A2A939" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында ерекше білім берілуіне қажеттілігі бар балаларды психологиялық-педагогикалық сүйемелдеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5842A7FA" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10330B79" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқа педагогтермен және мамандармен өзара іс-қимылды қамтамасыз етеді, білім беруде инклюзивтілік қағидатын іске асыруға ықпал етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114BE43F" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="277FFCB6" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқа педагогтармен және мамандармен тығыз байланыста мүмкіндігі шектеулі балаларды дамыту және әлеуметтендіру жөніндегі қызметті жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="740E91F4" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E02348D" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиешілерге, адамдардың (балалардың) ата-аналарына және өзге де заңды өкілдеріне оқыту мен тәрбиелеудің арнайы әдістері мен тәсілдерін қолдану жөнінде консультация береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A6E940" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F4F28F8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке тұлғаның жалпы мәдениетін қалыптастыруға ықпал етеді, мемлекеттік жалпыға міндетті білім беру стандартының және үлгілік оқу бағдарламаларының талаптарына сәйкес оқытудың алуан түрлі нысандарын, білім беру технологияларын, тәсілдерін, әдістері мен құралдарын пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE3A170" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79B51C60" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық-медициналық-педагогикалық тексеру және консультация беру бағдарламаларын (психологиялық-медициналық-педагогикалық консультациялар), түзету-дамыту бағдарламаларын (психологиялық-педагогикалық түзеу кабинеттері, оңалту орталықтары, аутизм орталықтары және басқа да орталықтар) іске асыратын арнайы білім беру ұйымдарының арнаулы педагогы Кемтар балаларға арнайы педагогикалық тексеру жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340E9526" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E7C9977" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше білім беру қажеттіліктерін командалық бағалауды жүргізуге қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1828B8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22DF076B" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық-педагогикалық түзету кабинеттерінің, оңалту орталықтарының, аутизм орталықтарының арнайы педагогы білім беру ұйымының жоспары мен кестесі бойынша жеке, кіші топтық және топтық сабақтар өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612C4EFD" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BDF25CF" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке оқу, Жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABA779A" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E8B1D19" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзінің кәсіби құзыреттілігін арттырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E80CDD" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="364270BF" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңестердің, әдістемелік бірлестіктердің, желілік қоғамдастықтардың отырыстарына қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEC2FE5" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58F63C3B" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше білім берілуіне қажеттілігі бар тұлғаларға қоғамның толерантты қарым-қатынасын қалыптастыру бойынша жұмыс жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79718DAE" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14553BC8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E32CF8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B023B0B" w14:textId="3A40DA3F" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесі кезеңінде балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="784AAD0F" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="39FF9DA3" w14:textId="77777777" w:rsidTr="002D1C41">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7D30F73B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-[...38 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="013F0B99" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="239077A5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="6AAC9351" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C12B8B8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55455757" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 100 000 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F805B5" w14:textId="60347F0B" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 120 000 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00307343" w:rsidRPr="0067655F" w14:paraId="42B36A03" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4F487D" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629CA7D1" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EDEF6E9" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56030752" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс өтіліне талап қойылмай, "Арнайы білім" бағыты бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе педагогикалық қайта даярлығын растайтын құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3CBDB0" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E45EE2B" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BCEAA4F" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12BEF46B" w14:textId="52686580" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067655F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-шебер үшін мамандығы бойынша жұмыс өтілі – кемінде 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="273C0CB4" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F6D751" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AF43A6" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C30FA6" w14:textId="03452BCB" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="003C52B6" w:rsidP="003C52B6">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00307343" w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00307343" w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000C5EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00307343" w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="000C5EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00307343" w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00307343" w:rsidRPr="0067655F" w14:paraId="786CA1FB" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C00E1C" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73EA3544" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B0A5D86" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57B2C634" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="006AA1B8" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15CAC7BE" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F5D8AD6" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A3E54E" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="44A0D450" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FDE3AA" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F13F275" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B495C73" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="0CD1BC10" w14:textId="77777777" w:rsidTr="002D1C41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A8F2446" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="606F88A4" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31D9D51E" w14:textId="54959CF0" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63DE1A86" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="65287552" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AAC6D1B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
-[...1096 lines deleted...]
-    <w:p w14:paraId="60342D53" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+    <w:p w14:paraId="5C29BDE1" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5929 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="776C137A" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w14:paraId="48663A94" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
+    <w:p w14:paraId="14E21171" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC3CF14" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55EC007D" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59DBAD86" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9CE005" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4B00B3" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5466A78C" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01367B82" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222CCEF2" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0BCD8B" w14:textId="77777777" w:rsidR="00307343" w:rsidRDefault="00307343" w:rsidP="00307343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD9123E" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00307343">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="319DB452" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00307343" w:rsidRPr="00307343" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...39 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="190"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...668 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00F70384"/>
+    <w:rsid w:val="000C5EAD"/>
+    <w:rsid w:val="002F506A"/>
+    <w:rsid w:val="00307343"/>
+    <w:rsid w:val="003C52B6"/>
+    <w:rsid w:val="0067655F"/>
+    <w:rsid w:val="006920F9"/>
+    <w:rsid w:val="006F5ACE"/>
+    <w:rsid w:val="009921E3"/>
+    <w:rsid w:val="009D1428"/>
+    <w:rsid w:val="00A4420E"/>
+    <w:rsid w:val="00BB07AB"/>
+    <w:rsid w:val="00D54918"/>
+    <w:rsid w:val="00F70384"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="kk-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="55270F52"/>
-  <w15:docId w15:val="{9D5CB73E-E09D-42AD-B21E-C56691EF4BE6}"/>
+  <w14:docId w14:val="5B9F6F23"/>
+  <w15:docId w15:val="{7E70E368-972E-4E52-9104-5B957D708A1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12507,244 +5423,220 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006920F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00456CEA"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D54918"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-[...37 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D54918"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="006920F9"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="335617763">
-[...25 lines deleted...]
-    <w:div w:id="1199471041">
+    <w:div w:id="1453785871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12778,84 +5670,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12986,87 +5880,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12178</Characters>
+  <Pages>1</Pages>
+  <Words>841</Words>
+  <Characters>4796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14286</CharactersWithSpaces>
+  <CharactersWithSpaces>5626</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>56</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>