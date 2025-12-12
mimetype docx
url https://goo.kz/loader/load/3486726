--- v0 (2025-12-08)
+++ v1 (2025-12-12)
@@ -1,303 +1,350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00657925" w:rsidRPr="00657925" w:rsidRDefault="00657925" w:rsidP="00657925">
+    <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00657925">
+      <w:r w:rsidRPr="00B63ADD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  «Павлодар қаласының №6 мектепке дейінгі гимназиясы»КМҚК бойынша </w:t>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRPr="00657925" w:rsidRDefault="00657925" w:rsidP="00657925">
+    <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00657925">
+      <w:r w:rsidRPr="00B63ADD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагогтердің бос (немесе) уақытша бос лауазымдарына тағайындау конкурсының нәтижесі</w:t>
+        <w:t>на занятие вакатных и (или) временно вакантных должностей педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F0A94" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по КГКП «Дошкольная гимназия №6города Павлодара»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="498"/>
         <w:gridCol w:w="2020"/>
         <w:gridCol w:w="1882"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1703"/>
-        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="2113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B63ADD" w:rsidTr="00B63ADD">
+      <w:tr w:rsidR="00B63ADD" w:rsidTr="009D3C16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B63ADD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00657925">
+          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B63ADD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B63ADD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білімі </w:t>
+              <w:t>образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B63ADD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B63ADD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+          <w:p w:rsidR="00B63ADD" w:rsidRPr="00B63ADD" w:rsidRDefault="009D3C16" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ескертпе </w:t>
+              <w:t>Примеча</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63ADD" w:rsidRPr="00B63ADD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ние</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63ADD" w:rsidTr="00B63ADD">
+      <w:tr w:rsidR="00B63ADD" w:rsidTr="009D3C16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
@@ -310,394 +357,337 @@
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Рахымжанова Ризагуль Жанбырбаевна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+          <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жоғары </w:t>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00657925">
+          <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">тәрбиеші </w:t>
+              <w:t>воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63ADD" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+          <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> к</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Прошел конкурс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B63ADD" w:rsidRDefault="00B63ADD" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="00B63ADD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRDefault="00657925" w:rsidP="00B63ADD">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">Конкурстық комиссия хатшысы </w:t>
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="009D3C16">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="009D3C16">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Секретарь кон</w:t>
       </w:r>
-      <w:r w:rsidRPr="00657925">
-[...24 lines deleted...]
-        <w:t>панова</w:t>
+      <w:r w:rsidR="00952D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">урсной комисии :                        А.К Акпанова </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRDefault="00657925" w:rsidP="00657925">
+    <w:p w:rsidR="009D3C16" w:rsidRDefault="009D3C16" w:rsidP="009D3C16">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D3C16" w:rsidRPr="00B63ADD" w:rsidRDefault="009D3C16" w:rsidP="009D3C16">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">  22.09.2022 г</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00657925" w:rsidRPr="00657925" w:rsidRDefault="00657925" w:rsidP="00657925">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="00657925" w:rsidRPr="00657925" w:rsidSect="009F0A94">
+    <w:sectPr w:rsidR="009D3C16" w:rsidRPr="00B63ADD" w:rsidSect="009F0A94">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="002C68FA"/>
     <w:rsid w:val="0028654E"/>
     <w:rsid w:val="002C68FA"/>
-    <w:rsid w:val="004246C0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00722464"/>
+    <w:rsid w:val="0045147B"/>
+    <w:rsid w:val="00816F1C"/>
+    <w:rsid w:val="00952D14"/>
+    <w:rsid w:val="009D3C16"/>
     <w:rsid w:val="009F0A94"/>
     <w:rsid w:val="00B63ADD"/>
+    <w:rsid w:val="00D076E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1208,55 +1198,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>57</Words>
-  <Characters>330</Characters>
+  <Words>53</Words>
+  <Characters>305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>386</CharactersWithSpaces>
+  <CharactersWithSpaces>357</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>