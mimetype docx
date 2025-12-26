--- v0 (2025-12-12)
+++ v1 (2025-12-26)
@@ -1,9648 +1,10175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1CCFAD8C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="457A1051" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының №21  жалпы орта білім беру мектебі» КММ  </w:t>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6641A58F" w14:textId="4761E55E" w:rsidR="00E83974" w:rsidRDefault="008D4AB6" w:rsidP="00E83974">
+    <w:p w14:paraId="76D0CD1D" w14:textId="31FDB00D" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5" w:rsidRPr="00FC2BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB44D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">старшего вожатого </w:t>
+      </w:r>
+      <w:r w:rsidR="009F205E" w:rsidRPr="009F205E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>с государственным</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27933">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и русс</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ким </w:t>
+      </w:r>
+      <w:r w:rsidR="009F205E" w:rsidRPr="009F205E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47" w:rsidRPr="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2BE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вака</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> лауазымына </w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>нтную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F793FC1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="4359BBA2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="432"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="437"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="05380CF3" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="6AD36725" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4B39BD62" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6480177B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="01232A47" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2111BD86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3D1998D2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A0907A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>, Камзин  көшесі, 346</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="7595FA36" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="3B6DBFF8" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="52557016" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4B28D394" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="32B9E378" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7849A636" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="20584684" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7A5077" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="379A82B1" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6A65A8" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CAD2B3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3801C976" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 60-73-13</w:t>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="4EAC69F0" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="6F4A2739" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3D949D70" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0968A310" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E445A55" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="6DAA10DD" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACFA654" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2C984A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DB3C6D" w14:textId="53E9740E" w:rsidR="00661D74" w:rsidRPr="00CB44D1" w:rsidRDefault="00CB44D1" w:rsidP="009F205E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB44D1">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB44D1">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тарший вожатый</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5" w:rsidRPr="00CB44D1">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 16 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0F67E1B4" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3055E460" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A26F48A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73803EC7" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00661D74" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>изучает возрастные и психологические особенности, интересы и потребности обучающихся, воспитанников организаций образования и по месту жительства, создает условия для их реализации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F540AC" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">-  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>содействует развитию талантов, умственных и физических способностей, формированию общей культуры личности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70BEBB02" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t>способствует реализации прав ребенка на участие в ассоциациях, общественных организациях в соответствии с действующим законодательством;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6019223A" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> организует вечера, праздники,  каникулярный отдых обучающихся, воспитанников, поддерживает социально значимые инициативы обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F42F77E" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> организует участие детей в культурно-массовых мероприятиях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071D703F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2BE5">
+              <w:t xml:space="preserve"> обеспечивает создание условий для охраны жизни и здоровья детей во время проведения мероприятий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0E43D0B2" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4A6E70" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="057B936F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D3CD82" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087FD94F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00C356D6" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC06086" w14:textId="36B15A0A" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C75795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005E49ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="46B2E635" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA9F23D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BEE321" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A1C4213" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="591FD1FB" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-   высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C7666C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-  и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора - не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя - не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B107B6" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t> - и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0281C017" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="4F8FD5DF" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58364D68" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36446A92" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B92A11" w14:textId="1CD175F2" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="009545AE" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB44D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>03.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2FE7951F" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0CA40D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFE70F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B40C9AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F854412" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56911AB0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B9BBF7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B6CA708" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2250AF81" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C69BA4A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F1C54DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF09408" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046BA00C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00493AD8" w:rsidRPr="00B3089F" w14:paraId="18417053" w14:textId="77777777" w:rsidTr="00CF10AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="568B9C78" w14:textId="5C15CFBB" w:rsidR="00493AD8" w:rsidRPr="00493AD8" w:rsidRDefault="00493AD8" w:rsidP="00493AD8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDE2538" w14:textId="77777777" w:rsidR="00493AD8" w:rsidRDefault="00493AD8" w:rsidP="00493AD8">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            <w:tcW w:w="2683" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FE7FDC" w14:textId="34468B25" w:rsidR="00493AD8" w:rsidRPr="00B3089F" w:rsidRDefault="00493AD8" w:rsidP="00493AD8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1154CDF4" w14:textId="77777777" w:rsidR="00493AD8" w:rsidRDefault="00493AD8" w:rsidP="00493AD8">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности до 25.05.2023г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727BF3B6" w14:textId="77777777" w:rsidR="00493AD8" w:rsidRPr="00B3089F" w:rsidRDefault="00493AD8" w:rsidP="00493AD8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...80 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w:rsidRPr="004218BF" w14:paraId="4B13ED41" w14:textId="77777777" w:rsidTr="00E83974">
-[...1893 lines deleted...]
-      <w:tr w:rsidR="00E83974" w14:paraId="1B6BE197" w14:textId="77777777" w:rsidTr="00E83974">
+    </w:tbl>
+    <w:p w14:paraId="625098E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4906E388" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2853BDC9" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FA498A5" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5880B680" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE62E0E" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0581BBF6" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D147CEB" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7609382E" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ABD43BB" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29DC4310" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02058665" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29019268" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C5A5EB9" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F0BFDD" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BFD6743" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="036F576D" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61799B28" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11422DF8" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32EA2DCE" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CEBFFD7" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C2CA4C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD7B4BB" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="313D2BB9" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C31E1E" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62672A6E" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD3AD62" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15AF3FE7" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F333657" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AB89500" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46390255" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="141B4ED9" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76AC97BF" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56466E13" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66F9BA1F" w14:textId="77777777" w:rsidR="00B00B36" w:rsidRDefault="00B00B36" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="156634B2" w14:textId="77777777" w:rsidR="00B00B36" w:rsidRDefault="00B00B36" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D0046B1" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA4A65A" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8EB16B" w14:textId="77777777" w:rsidR="00D27933" w:rsidRPr="004D07D1" w:rsidRDefault="00D27933" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="4EC8BC1F" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="480DFC5B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16395733" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...621 lines deleted...]
-          <w:p w14:paraId="4C642B9C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D306C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="39E9CE3C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB81CE5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="5999ABC3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743948CB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="775F3B1E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54AA7826" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD032EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103EA83C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14BA22B8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="05E5BF31" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E46AAE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADD71AD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5EB2DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="43D29D8C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="2800D141" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F2E040" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="426885F3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D91A94D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="3EE7A53A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3818D5B4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="57BA75C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BCB25FF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="2744B5EC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1203F0C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C38FE86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7D65AE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="71893AA9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389C5962" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="611DE555" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F3DAD3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B286FA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="701EAE89" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF0D23A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="641AAE76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BDD7C1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...39 lines deleted...]
-    <w:p w14:paraId="5A5B74A9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="6EA3C5E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="019753DC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...28 lines deleted...]
-    <w:p w14:paraId="28011B29" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="1BEBEB03" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-180" w:firstLine="180"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...7 lines deleted...]
-        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7BB45F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...50 lines deleted...]
-    <w:p w14:paraId="57DDA3B3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="44A39FA4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CDDEDE8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="54303057" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BB6AAC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FCBBFE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="4BF825FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C4C987" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="09D6757E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03660BB0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="42741A1B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
-[...17 lines deleted...]
-    <w:p w14:paraId="7B1A6462" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7CDB1927" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3E89F6FE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7C60F289" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="22E3E371" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="4F8A3FB0" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:tcBorders>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E457E43" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0999FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A659450" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F7C89C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD7D2C7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BBDE86B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E83974" w14:paraId="7E113397" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="6530554C" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BA3595" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A64528" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB7F9EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FBF69B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74F513F9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="0A453F45" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="790C3BDA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="1D98FACF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Біліктілік санатының болуы (берген (растаған) күні):_____________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656118E6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="10DA8848" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAAE4A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="59050F63" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="7912EB34" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="322C2F05" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="65D6127D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-        <w:t>:_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6414956D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="60903520" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...49 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B562CC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="17530629" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9BEAAD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="67201E32" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2186BC07" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="5633530F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48E80F77" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="0A0639B3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="09A6278B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="2BE033F0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4647B4C5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="53354299" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47EEC906" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="3D48BB34" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA2D4C1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="2A4288A4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="37C8C755" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="5580D1BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C93CBD7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="49FB61E1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CFFC747" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+    <w:p w14:paraId="4BE6D83E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7202A4C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A775EF8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00834ECD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4872C7DE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766A6EBB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C26F47E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...19 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="4E8B90B3" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="7E172B5C" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8CD645" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          <w:p w14:paraId="2D7E69A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="2504E8FD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          </w:p>
+          <w:p w14:paraId="65A80A73" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="486AF62B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA5D55C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4A72BBAB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46F726BA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="2E96661D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1295949A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="5AD83BF4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F72820F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3480DC2E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F43013" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50E50C56" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B3B0183" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="59E76CBE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01B5DA4E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="1E43ACD6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...142 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3884A267" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
-[...92 lines deleted...]
-    <w:p w14:paraId="53570882" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="254A523B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4155A9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10110" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E83974" w14:paraId="3A965A19" w14:textId="77777777" w:rsidTr="00E83974">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="795A74BE" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CEE51D2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+          <w:p w14:paraId="787FFF05" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61675FB8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55D00E41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BFA97C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D5B3AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...31 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...13 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2B0FD83A" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="291F7D40" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1E3DA41F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3DCDFFEB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22DFBF3A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB7DA46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343DB733" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA9FE76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A93D407" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3439DE3F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2B91200A" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19E6EB89" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AE69EAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C61CCEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFF92E4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB2F2CB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651937E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="138270D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2E9184" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="60E7DD63" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7986E41D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="46EA2D7D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20DFDF1E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477F390C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76BC4F35" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313799E4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D17A090" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E777AE5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58B28113" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530EA698" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7419F63F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2308D7B5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2548084F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57737219" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02ED1A27" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D110150" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706C4E47" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0603E013" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB7EA21" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739DDAC9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DF5951" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58723B7C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3160F3B1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F719980" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741AB949" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4043140A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68649A79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="768701CD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="345CFA41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF94EED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1055C699" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B08FA8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21840317" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="607741C6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A234084" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156EDDE6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59438124" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBE31F3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548EF205" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AE7933E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71087ACD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5BFD09" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D073821" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19013F8E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FEFDDE9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10211DBF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617EE3A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF07181" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323F5B06" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4393C401" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D33781" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4004FADF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A1920E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="510FA989" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="042FA723" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A24F908" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3772681F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B113A4A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1EF5F83C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D40D6FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B845C70" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FDAF4D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEF2F13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BEDBF5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD386B1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE2EC6C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F94C6F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A11858" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6B45EF64" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="332BA1EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BEF4A54" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16033476" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14005256" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B635AF2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA4EE79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5D7BD7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C649F73" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6EA50D39" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74FDCFD4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="481AE5A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AE86E2A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D713D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43208C4C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B3291C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E3CE76C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4186E251" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="1B748E4A" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF92EB4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E8197EB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CADD4C3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C7EDC4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37F9697F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7650F930" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="123B4EDC" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61837D6E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C6FC8EB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="377B9EB0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C838C13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DA168F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="344521E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B316D4F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="26BA8C83" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="084D1BA0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11298A77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01B1B9B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A2D9990" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6268F01F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED0B8B0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="584A3990" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="328F2C72" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A8D0CE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5F3BF1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8B3C82" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549D044B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="0241DB7F" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5DAD3A35" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="599EDB12" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E4716E2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4845B1AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34BDD798" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7204C053" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5335C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="0B0D046A" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="338E5B53" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77523DDE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="291C5FC4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4092AE41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5633DB76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E7734A2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E2ADA81" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0D74C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78460866" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31BD38E7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="433CB588" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="0D99521F" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D6F2077" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B3D336B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75EA86EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41474A6D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66FF1C13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63E4F4FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6197AA49" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="126C8F95" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CD1188" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B267667" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="651670D9" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF016C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA59307" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4016 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01062DC4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D2F3328" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="28F41AF6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36CA3AA8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+    <w:p w14:paraId="37BB2469" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0739108F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
-[...47 lines deleted...]
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00E83974">
+    <w:p w14:paraId="2170B034" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...349 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00062A72"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004218BF"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00201486"/>
+    <w:rsid w:val="0044701A"/>
+    <w:rsid w:val="00493AD8"/>
+    <w:rsid w:val="005E49ED"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="008D4AB6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BF3705"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="009545AE"/>
+    <w:rsid w:val="009F205E"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00B00B36"/>
+    <w:rsid w:val="00BD4594"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00E83974"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED2471"/>
+    <w:rsid w:val="00C75795"/>
+    <w:rsid w:val="00CB44D1"/>
+    <w:rsid w:val="00D27933"/>
+    <w:rsid w:val="00FC2BE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3C2EED1D"/>
-  <w15:docId w15:val="{AF512276-4870-49AB-AC40-7C34E1F92938}"/>
+  <w14:docId w14:val="44A164A9"/>
+  <w15:docId w15:val="{6F1159E0-CF05-403E-91D9-118DC5FA0D6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10000,248 +10527,212 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E83974"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...17 lines deleted...]
-      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00E83974"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA5B36"/>
+    <w:rsid w:val="00FC2BE5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA5B36"/>
+    <w:rsid w:val="00FC2BE5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...4 lines deleted...]
-    <w:rsid w:val="00EA5B36"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC2BE5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1001158521">
+    <w:div w:id="248008419">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1283266022">
+    <w:div w:id="1462966294">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1470589614">
-[...12 lines deleted...]
-    <w:div w:id="1563178290">
+    <w:div w:id="1715694845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10485,74 +10976,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F217C5B3-F4C1-4A41-9999-C1AB9952DEFB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10760</Characters>
+  <Pages>1</Pages>
+  <Words>1838</Words>
+  <Characters>10477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12622</CharactersWithSpaces>
+  <CharactersWithSpaces>12291</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>