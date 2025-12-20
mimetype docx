--- v0 (2025-12-07)
+++ v1 (2025-12-20)
@@ -457,128 +457,102 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ҚАЛАЛЫҚ </w:t>
       </w:r>
       <w:r w:rsidR="00312ED1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ЖАС МАМАН </w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ОТЫРЫСЫНЫҢ БАҒДАРЛАМАСЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D38F1E5" w14:textId="3758C0DC" w:rsidR="009B61A6" w:rsidRDefault="007674E5" w:rsidP="009B61A6">
+    <w:p w14:paraId="3DC15725" w14:textId="04DA513B" w:rsidR="009B61A6" w:rsidRDefault="003E14D9" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа заседания </w:t>
+      </w:r>
+      <w:r w:rsidR="00312ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>молодых специалистов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D38F1E5" w14:textId="1531432F" w:rsidR="009B61A6" w:rsidRPr="00216735" w:rsidRDefault="00216735" w:rsidP="009B61A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003646E6">
+      <w:r w:rsidRPr="00216735">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...60 lines deleted...]
-        <w:t>Жас мамандар отырысының бағдарламасы</w:t>
+        </w:rPr>
+        <w:t>«Вхождение в профессию»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA4B4A9" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65B38265" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -946,458 +920,278 @@
     </w:p>
     <w:p w14:paraId="558A74AB" w14:textId="77777777" w:rsidR="00216735" w:rsidRDefault="00216735" w:rsidP="00312ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74730038" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FA48D4E" w14:textId="3B37A420" w:rsidR="002D57AF" w:rsidRPr="00D4720B" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="16DA7B16" w14:textId="65CFEAE3" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ПРОГРАММА </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B0B4B0" w14:textId="5235C3C0" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00216735">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>етодического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E212E7">
-        <w:t>«</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> калейдоскоп</w:t>
+      </w:r>
+      <w:r w:rsidR="00216735">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E212E7">
-        <w:t>»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D57AF" w:rsidRPr="002D57AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D57AF" w:rsidRPr="00D4720B">
-[...39 lines deleted...]
-    <w:p w14:paraId="54109888" w14:textId="23EEF66A" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
+      <w:r w:rsidRPr="00E212E7">
+        <w:t>«Вхождение в профессию»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54109888" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="003F1063">
+      <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Күні</w:t>
+        </w:rPr>
+        <w:t>Дата</w:t>
       </w:r>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">: 28 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F1063">
+        <w:t>: 28 сентября 2022 года   15.00-16.30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB87605" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003F1063">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="003F1063">
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>жыл</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>Категория</w:t>
       </w:r>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">   15.00-16.30</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t xml:space="preserve">: 108 молодых </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>специалистов( 0</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:b/>
-[...128 lines deleted...]
-    <w:p w14:paraId="0E9464C7" w14:textId="4AE3CA05" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
+        </w:rPr>
+        <w:t xml:space="preserve"> лет стажа, прибывшие в 2022-2023 учебном году)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9464C7" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="423" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="003F1063">
+      <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Жетекшісі</w:t>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
       </w:r>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Нурахметова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ш.С., </w:t>
-[...46 lines deleted...]
-    <w:p w14:paraId="6DEADA4A" w14:textId="4AC34D5D" w:rsidR="00312ED1" w:rsidRPr="003F1063" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
+        <w:t xml:space="preserve"> Ш.С., методист МК ОО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DEADA4A" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Модератор:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E212E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E212E7">
         <w:t>Копыльцова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E212E7">
-        <w:t xml:space="preserve"> Надежда Владимировна, </w:t>
-[...5 lines deleted...]
-        <w:t>басшының БЖ жөніндегі орынбасары</w:t>
+        <w:t xml:space="preserve"> Надежда Владимировна, ЗР по профильной работе</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C54B55" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00312ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10064" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -1435,106 +1229,102 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="465D75BD" w14:textId="3DCE44F2" w:rsidR="00312ED1" w:rsidRPr="0057431E" w:rsidRDefault="0057431E" w:rsidP="00626D75">
+          <w:p w14:paraId="465D75BD" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мазмұны</w:t>
+              </w:rPr>
+              <w:t>Содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A7AA902" w14:textId="11F2A0DF" w:rsidR="00312ED1" w:rsidRPr="0057431E" w:rsidRDefault="0057431E" w:rsidP="00626D75">
+          <w:p w14:paraId="0A7AA902" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Уақыты</w:t>
+              </w:rPr>
+              <w:t>Время</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EB260EF" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1543,101 +1333,69 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="1D60E61F" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C7C0A1B" w14:textId="6FE509D8" w:rsidR="0057431E" w:rsidRPr="0057431E" w:rsidRDefault="0057431E" w:rsidP="0057431E">
+          <w:p w14:paraId="1CBBD2F0" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Пленар</w:t>
-[...29 lines deleted...]
-              <w:t>бөлім</w:t>
+              <w:t>Пленарная часть</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C97FA0E" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.00-15.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1666,1423 +1424,675 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39E42143" w14:textId="306073AF" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="0059381E">
+          <w:p w14:paraId="39E42143" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Об организации деятельности молодых специалистов в организациях образования. Деятельность клуба « </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Білім</w:t>
+              <w:t>ПроЛС</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDCD9D5" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.00-15.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="569DC00E" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
-[...5 lines deleted...]
-              <w:t>ұйымдарында</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
-[...251 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С., методист МК ГОО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="40244632" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="631CDDA0" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="656F353D" w14:textId="2CE89517" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="0059381E" w:rsidP="00626D75">
+          <w:p w14:paraId="656F353D" w14:textId="086A4629" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сотрудничество Ц</w:t>
+            </w:r>
+            <w:r w:rsidR="003E6841">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПМ в рамках реализации проекта</w:t>
+            </w:r>
+            <w:r w:rsidR="003E6841">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...192 lines deleted...]
-            <w:r w:rsidR="00312ED1" w:rsidRPr="00E212E7">
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">«Формирование и оценка профессиональных качеств молодого педагога» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="765A577F" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.05-15.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02DBAA63" w14:textId="7E1B6042" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="02DBAA63" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сарбасов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Н.С., </w:t>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Н.С., руководитель филиала ЦПМ Павлодарской области</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="06B8AB6C" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="172"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AA5C8C7" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55145841" w14:textId="7F640225" w:rsidR="00312ED1" w:rsidRPr="003646E6" w:rsidRDefault="003646E6" w:rsidP="0059381E">
+          <w:p w14:paraId="55145841" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Жас педагогтердің эмоционалды интеллектісін дамытудың психологиялық дизайны</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эмоциональный интеллект </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="088A86EA" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.10-15.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4566758E" w14:textId="7032639B" w:rsidR="00312ED1" w:rsidRPr="003646E6" w:rsidRDefault="003646E6" w:rsidP="00AC5B78">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4566758E" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Тайболатов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...75 lines deleted...]
-              <w:t>, Торайғыров университетінің докторанты</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М., методист МК ГОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="39C14185" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7594F1BF" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D34C61A" w14:textId="77777777" w:rsidR="0059381E" w:rsidRPr="0059381E" w:rsidRDefault="0059381E" w:rsidP="0059381E">
+          <w:p w14:paraId="6E0B3055" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О деятельности совета молодых педагогов. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E4A2823" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Презентация гимна </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DF298E9" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.20-15.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28BEE25D" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0059381E">
-[...4 lines deleted...]
-              <w:t>Жас</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Умаров</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0059381E">
-[...306 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.А., председатель совета молодых педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E942236" w14:textId="77777777" w:rsidR="006C6A8D" w:rsidRDefault="006C6A8D" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="472B643E" w14:textId="77777777" w:rsidR="004D6C91" w:rsidRDefault="004D6C91" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EE10674" w14:textId="33F13282" w:rsidR="004D6C91" w:rsidRPr="00E212E7" w:rsidRDefault="004D6C91" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="56ACB4FD" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45FB59B1" w14:textId="00D047A0" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="0059381E" w:rsidP="00626D75">
+          <w:p w14:paraId="45FB59B1" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Психологтың</w:t>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Педагогическая мастерская   психолога</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="4B6B5853" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3AA83802" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3106,434 +2116,190 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6279865B" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Тренинг </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B2444E5" w14:textId="0A3FD205" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="6B2444E5" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Педагог </w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Психологические особенности личности педагога, проблемы и пути их решения»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6973FE59" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.25 -15.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F19199" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
-[...4 lines deleted...]
-              <w:t>тұлғасының</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Постоялко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0059381E" w:rsidRPr="0059381E">
-[...208 lines deleted...]
-              <w:t>ЭБЖОБББМ психологтары</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Максим Николаевич, Фирсова Татьяна Сергеевна, психологи СОШ №36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="727565D2" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70283567" w14:textId="058C8F0B" w:rsidR="00312ED1" w:rsidRPr="0059381E" w:rsidRDefault="0059381E" w:rsidP="00626D75">
+          <w:p w14:paraId="70283567" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...101 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>Педагогическая мастерская «Тайм – менеджмент. Портфолио молодого специалиста»</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="519594AC" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="4F0FE77F" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="168"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -3548,139 +2314,66 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="757EDF01" w14:textId="02835CB9" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="757EDF01" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>«Документация учителя. Знакомство с нормативными документами</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1F3E0D05" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A8642C6" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
@@ -3713,1286 +2406,555 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.35-15.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A5ADF8" w14:textId="7D87127A" w:rsidR="00312ED1" w:rsidRPr="00175951" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="60A5ADF8" w14:textId="0C268115" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00CD698F" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...104 lines deleted...]
-              <w:t>, тәлімгер</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шевчук Софья Сер</w:t>
+            </w:r>
+            <w:r w:rsidR="00312ED1" w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00312ED1" w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вна, учитель русского языка и литературы, наставник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="6F0FDC12" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3030DC43" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D7ECA1C" w14:textId="19E33814" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="0059381E" w:rsidP="00626D75">
+          <w:p w14:paraId="5D7ECA1C" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...173 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аспект самоконтроля молодого учителя при планировании и организации своей деятельности. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="641C70DB" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="322275D9" w14:textId="3D50112F" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="322275D9" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Загравская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Кристина Дмитриевна , </w:t>
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Кристина Дмитриевна , учитель русского языка и литературы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="7DA46C22" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E7AA15D" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="518D4C51" w14:textId="6EEA59D3" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="0059381E">
+          <w:p w14:paraId="518D4C51" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...78 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+              <w:t xml:space="preserve">«Структура портфолио. Работа по теме самообразования» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34B5AFF8" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="392C9031" w14:textId="49FEA2D1" w:rsidR="00312ED1" w:rsidRPr="00175951" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Пилипенко Анна Владимировна, </w:t>
+          <w:p w14:paraId="392C9031" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пилипенко Анна Владимировна, учитель английского </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00175951">
-[...36 lines deleted...]
-              <w:t>мұғалімі</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>яз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="17FBB7E4" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27D5475E" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C1FB418" w14:textId="367196FF" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
+          <w:p w14:paraId="3C1FB418" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC7566">
-[...116 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тайм-менеджмент как научный подход к организации времени молодых специалистов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="274CD97B" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A401894" w14:textId="3C92E239" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="4A401894" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Турий-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ладыко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Александра Игоревна,</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Александра </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00175951" w:rsidRPr="00175951">
-[...4 lines deleted...]
-              <w:t>ағылшын</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Игоревна,учитель</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00175951" w:rsidRPr="00175951">
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> английского языка, наставник</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="2443D1D6" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ECA5C4D" w14:textId="759EB426" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
+          <w:p w14:paraId="2ECA5C4D" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Педагогическая мастерская </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="018B97BC" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="616"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58D5CCBE" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D1C723D" w14:textId="516BE466" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
+          <w:p w14:paraId="1D1C723D" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...125 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Применение стратегий критического мышления на различных этапах современного урока.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67574023" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19445E7A" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
@@ -5003,51 +2965,51 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.45-15.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EE9270A" w14:textId="1F8802F8" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="6EE9270A" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Артёмова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Галина Владимировна, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
@@ -5089,775 +3051,493 @@
               </w:rPr>
               <w:t>Зайрова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Альмира </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мухитовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> – учителя-наставники</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="1AD0A8FF" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6348A664" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="752432C7" w14:textId="750F08F3" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
+          <w:p w14:paraId="752432C7" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Инновационные формы работы классного руководителя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08BCE98B" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="525826AD" w14:textId="4345D242" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+          <w:p w14:paraId="525826AD" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Омельницкая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ирина Григорьевна – </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Ирина Григорьевна – учитель-наставник</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="418A8F75" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51EFF290" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B4289FD" w14:textId="3FE74180" w:rsidR="00312ED1" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
+          <w:p w14:paraId="7D39536D" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Қорытынды</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Подведение итогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B4289FD" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="62B47F75" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312ED1" w:rsidRPr="00E212E7" w14:paraId="3A94CD02" w14:textId="77777777" w:rsidTr="00216735">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BAE612E" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BD30E34" w14:textId="24246A53" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
-[...33 lines deleted...]
-            <w:r w:rsidR="00312ED1" w:rsidRPr="00E212E7">
+          <w:p w14:paraId="6BD30E34" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рефлексия .Свободный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> микрофон </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AD4E1B2" w14:textId="495BF3CA" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FC7566">
+          <w:p w14:paraId="1AD4E1B2" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Жас</w:t>
-[...56 lines deleted...]
-            <w:r w:rsidR="00312ED1" w:rsidRPr="00E212E7">
+              <w:t>Электронный путеводитель молодого специалиста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73E3266E" w14:textId="1FEE39DE" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00626D75">
+          <w:p w14:paraId="73E3266E" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-          <w:p w14:paraId="6C462FB6" w14:textId="76B93887" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00FC7566">
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативная база</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C462FB6" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC7566">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">БҒМ, </w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">САЙТЫ МОН, НАО </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
-[...4 lines deleted...]
-              <w:t>Алтынсарин</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алтынсарина,УО</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FC7566">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Б, </w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ОО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
-[...4 lines deleted...]
-              <w:t>Инстаграм</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инстаграмм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FC7566">
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
+            <w:r w:rsidRPr="00E212E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>фейсбук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FC7566">
-[...16 lines deleted...]
-          <w:p w14:paraId="5BA14CBB" w14:textId="56ECDB3F" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00FC7566" w:rsidP="00FC7566">
+          </w:p>
+          <w:p w14:paraId="5BA14CBB" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Положение о конкурсах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56098643" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        4.Цифоровые ресурсы: </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
-[...4 lines deleted...]
-              <w:t>Конкурстар</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кунделик</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FC7566">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, е- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC7566">
-[...4 lines deleted...]
-              <w:t>туралы</w:t>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>портфолио,интернет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FC7566">
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E212E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порталы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46709A7F" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68E3D207" w14:textId="77777777" w:rsidR="00312ED1" w:rsidRPr="00E212E7" w:rsidRDefault="00312ED1" w:rsidP="00626D75">
             <w:pPr>
@@ -5974,89 +3654,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="343A5FB8" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009B61A6" w:rsidSect="002E4A2F">
+    <w:sectPr w:rsidR="009B61A6" w:rsidSect="00312ED1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:left w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:bottom w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:right w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3000376C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E16A4780"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6251,120 +3930,107 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417C29"/>
-    <w:rsid w:val="000B3AEF"/>
-    <w:rsid w:val="00175951"/>
     <w:rsid w:val="00176588"/>
     <w:rsid w:val="001845B0"/>
     <w:rsid w:val="00216735"/>
     <w:rsid w:val="0028657A"/>
     <w:rsid w:val="002C0D2E"/>
     <w:rsid w:val="002D46C2"/>
-    <w:rsid w:val="002D57AF"/>
-    <w:rsid w:val="002E4A2F"/>
     <w:rsid w:val="003105FE"/>
     <w:rsid w:val="00312ED1"/>
-    <w:rsid w:val="003646E6"/>
-    <w:rsid w:val="003946BE"/>
     <w:rsid w:val="003E0B58"/>
     <w:rsid w:val="003E14D9"/>
     <w:rsid w:val="003E6841"/>
-    <w:rsid w:val="003F1063"/>
     <w:rsid w:val="00417C29"/>
+    <w:rsid w:val="004D6C91"/>
     <w:rsid w:val="005249A1"/>
     <w:rsid w:val="00535DF6"/>
-    <w:rsid w:val="0057431E"/>
-    <w:rsid w:val="0059381E"/>
+    <w:rsid w:val="006C6A8D"/>
     <w:rsid w:val="00704F22"/>
-    <w:rsid w:val="007674E5"/>
     <w:rsid w:val="00847D7C"/>
     <w:rsid w:val="00921975"/>
     <w:rsid w:val="00930E2C"/>
     <w:rsid w:val="009B61A6"/>
     <w:rsid w:val="00A36F48"/>
-    <w:rsid w:val="00AC5B78"/>
     <w:rsid w:val="00C927FD"/>
+    <w:rsid w:val="00CD698F"/>
     <w:rsid w:val="00CE3BE2"/>
     <w:rsid w:val="00D27477"/>
-    <w:rsid w:val="00D4720B"/>
-    <w:rsid w:val="00D77782"/>
     <w:rsid w:val="00D8684B"/>
     <w:rsid w:val="00E355EE"/>
-    <w:rsid w:val="00E87019"/>
-    <w:rsid w:val="00ED3A67"/>
     <w:rsid w:val="00F15EBA"/>
     <w:rsid w:val="00F7499F"/>
     <w:rsid w:val="00F8756B"/>
-    <w:rsid w:val="00FC7566"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7668F618"/>
-  <w15:docId w15:val="{1B8248E8-153E-4B62-9453-4F430B3AF1A6}"/>
+  <w15:docId w15:val="{6E5683FA-6E73-4B9C-95B1-7B263319982F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7152,66 +4818,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>449</Words>
-  <Characters>2563</Characters>
+  <Words>435</Words>
+  <Characters>2486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3006</CharactersWithSpaces>
+  <CharactersWithSpaces>2916</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>