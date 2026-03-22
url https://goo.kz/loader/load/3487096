--- v0 (2025-12-13)
+++ v1 (2026-03-22)
@@ -1,1374 +1,1414 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3882B5A7" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+    <w:p w14:paraId="36114824" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Заседание конкурсной комиссии на Зум платформе</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="097FA63B" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t xml:space="preserve">2022 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>07-ші қазандағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50096618" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">от </w:t>
-[...8 lines deleted...]
-        <w:t>07 ок</w:t>
+        <w:t xml:space="preserve">Зум </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тября</w:t>
+        <w:t>платформасында</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2022 года</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0118E1C1" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байқау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="139E7878" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="3299650F" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41804D97" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41C6AFEA" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="722D63F5" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қатысқандар: 4 адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5260A07E" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қатыспағандар:К.М.Рахымжанова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF9F097" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7E578393" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="128FC380" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...56 lines deleted...]
-    <w:p w14:paraId="365FC5F4" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="304BB588" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1339FB7C" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="637FE670" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="32716F5B" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КҮН ТӘРТІБІНДЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB85431" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="0D283D02" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0682BF29" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          «Павлодар қаласының №26 арнайы бала бақшасы» КМҚК логопедінің бос лауазымына конкурс өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EC35D3" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="5BB91B1D" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комиссияның төрайымы  Г.К.Жумабекова тыңдалды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D9C6C1" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Слушали: председателя конкурсной комиссии Жумабекову Г.К.:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="675219E0" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2021 жылғы 19 қарашадағы № 568 және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 22 қарашадағы № 432 бұйрығына және «мемлекеттік ұйымдардың басшыларын конкурстық тағайындау қағидаларын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 бұйрығына сәйкес орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру және мемлекеттік білім беру ұйымдарының басшылары мен педагогтері лауазымына конкурстық тағайындау туралы хабарландыру 2022 жылғы 18 қаңтарда «Павлодар қаласының № 26 арнайы бала бақшасы» КМҚК, Павлодар қаласының білім беру бөлімінің, Павлодар облысының білім басқармасының ресми сайтында, Инстаграмм сайтында орналастырылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAAB18F" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>В соответствии с приказом Министра образования и науки Республики Казахстан от 19 ноября 2021 года № 568 и Министра труда и социальной защиты населения Республики Казахстан от 22 ноября 2021 года № 432 и в соответствии с приказом Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 «Об утверждении Правил конкурсного замещения руководителей государственных организаций среднего, технического и профессионального, послесреднего образования и конкурсного назначения на должность руководителей государственных организаций образования и педагогов государственных организаций образования» было размещено объявление о проведении конкурса 18.01.2022 года на официальном сайте КГКП «Специальный детский сад №26 города Павлодара, отдела образования города Павлодара, управления образования Павлодарской области, в Инстраграмм.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="53B78742" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t xml:space="preserve">Комиссияға Жанерке Маратовна Аманжолова «Павлодар қаласының № 26 арнайы бала бақшасы» КМҚК логопедінің бос лауазымына орналасуға конкурсқа қатысу туралы өтініш келіп түсті </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386A6D74" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В комиссию поступило заявление об участии в конкурсе на замещение вакантной должности </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="42CCC37F" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>Кандидат Ж.М.Аманжолова конкурстық комиссияның отырысына келіп, конкурсқа қатысуға жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F5BEF3" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Кандидат Аманжолова Ж.М. явилась на заседание конкурсной комиссии и допущена к участию в конкурсе.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4474B4C8" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>Конкурс өтті деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAB58E1" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурс признать состоявшимся.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4C4827BC" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>№ 26 балабақша басшысы Г.К.Жумабекова  сұрақтар қойды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7D7919" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Были заданы вопросы руководителем детского сада № 26 Жумабековой Г.К.</w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="131CCC24" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>Сұрақ: педагог өз жұмысында қандай нормативтік құжаттарды басшылыққа алады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679B60E3" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Методист детского сад № 26 Әлтай Ф.Н. задала вопрос : Какие цели вы ставите на этот учебный год?</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="16DC3003" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>Жауап: ҚР Конституциясы, "Білім туралы" Заң, мемлекеттік стандарт, санитарлық ережелер мен нормалар, Бала құқықтары туралы Конвенция, Еңбек кодексі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE0D621" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 26 балабақша әдіскері Ф.Н.Әлтай сұрақ қойды: биылғы оқу жылына қандай мақсат қоясыз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22839EE2" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жауап: мектеп жасына дейінгі балалардың сөздік буындық құрылымын, Маркова негізі бойынша түзету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E731759" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Кандидатпен әңгімелесуден кейін комиссия хатшысы дауыс беруге көшуді және нәтижелерді конкурстық комиссияның әрбір мүшесінің бағалау парағына енгізуді ұсынды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1053839B" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...197 lines deleted...]
-    <w:p w14:paraId="5A13790B" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t>Ұсыныс қабылданды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEC95B7" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж.М.Аманжоловаға бірауыздан дауыс берді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05388778" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж.М.Аманжолованың жинаған ұпайының саны - 26 ұпай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B1AEFA" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шешім:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F92A95B" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="38177D14" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Дауыс беру нәтижесінде 26 ұпай жинаған кандидат Ж.М.Аманжолова конкурс жеңімпазы болып танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0877B731" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...42 lines deleted...]
-    <w:p w14:paraId="01162A2A" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ж.М.Аманжолова Павлодар қаласының конкурстық құжаттамаға сәйкес «№ 26 бала бақшасы» КМҚК логопеді болып тағайындалсын..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BB8FF0" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D8DF2C7" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A7C197" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43BA9D17" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс комиссиясының төрайымы: _____________ Г.К.Жумабекова </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69295006" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комиссия мүшелері:                            _____________ Ф.Н.Әлтай</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EFD9C2" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                           _____________ Рахымжанова К.М.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A5C35F2" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t xml:space="preserve">                           ___________ К.С.Кузеева </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C81D0AD" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="3900" w:firstLine="348"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">         ____________ Утетелеуова К.И.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E8E5098" w14:textId="77777777" w:rsidR="00AA44FB" w:rsidRDefault="00AA44FB" w:rsidP="00AA44FB">
+        <w:t xml:space="preserve">         __________ К.И.Утетелеуова </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2F5796" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="3552" w:firstLine="696"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _____________ Шойынбаева Ф.Ы.</w:t>
-[...393 lines deleted...]
-    <w:sectPr w:rsidR="007562FF">
+        <w:t xml:space="preserve">        ___________Ф.Ы.Шойынбаева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423FEE0F" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комиссия хатшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299C83C0" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74772F78" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B64FCD1" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C4398E6" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="184D6129" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B951ECF" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CBDEE3" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="723295AF" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A55802" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="772DFAE6" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FF2FE8" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DDDB5EB" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D98BBA9" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3763FA38" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1182F630" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682B399F" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4E6CB7" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24AD8E29" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31338107" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE9C3FC" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6610573D" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BEF9DF2" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="528B1E23" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E0FFAA8" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060FE5FD" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF6BE0E" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56E5D9D4" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B09883" w14:textId="62D7965B" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B006D1" w14:textId="130226AB" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54921E13" w14:textId="0498A256" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E987224" w14:textId="695FB20E" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173EC158" w14:textId="5D8C02EA" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F58C2D1" w14:textId="6B36B6C5" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0EA485" w14:textId="25CA4D06" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CF99653" w14:textId="6E08E25D" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E0FF6C" w14:textId="77777777" w:rsidR="00A363F5" w:rsidRDefault="00A363F5" w:rsidP="00916310">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36241470" w14:textId="77777777" w:rsidR="00916310" w:rsidRDefault="00916310" w:rsidP="00916310"/>
+    <w:p w14:paraId="43846A90" w14:textId="77777777" w:rsidR="00F86B63" w:rsidRDefault="00F86B63"/>
+    <w:sectPr w:rsidR="00F86B63">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AD0511D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96B054FE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1425,51 +1465,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="307831CB"/>
+    <w:nsid w:val="3D814CCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96B054FE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -1510,134 +1550,136 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1166746918">
+  <w:num w:numId="1" w16cid:durableId="2039235575">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1040058652">
+  <w:num w:numId="2" w16cid:durableId="235432531">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2090998583">
+  <w:num w:numId="3" w16cid:durableId="1720399167">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007562FF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AA44FB"/>
+    <w:rsidRoot w:val="00F86B63"/>
+    <w:rsid w:val="00574679"/>
+    <w:rsid w:val="00916310"/>
+    <w:rsid w:val="00A363F5"/>
+    <w:rsid w:val="00F86B63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1DEF3B32"/>
+  <w14:docId w14:val="3072D516"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{37322B0A-AE14-4AE9-BDD8-09AD22CE5C73}"/>
+  <w15:docId w15:val="{73F6589D-91A3-4F52-B096-D04A6405B4A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1995,104 +2037,104 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AA44FB"/>
+    <w:rsid w:val="00916310"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="964"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1512140354">
+    <w:div w:id="194003296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1525481545">
+    <w:div w:id="549071567">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -2372,54 +2414,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>486</Words>
-  <Characters>2771</Characters>
+  <Words>415</Words>
+  <Characters>2368</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3251</CharactersWithSpaces>
+  <CharactersWithSpaces>2778</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>