--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -1,10710 +1,8403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00FF35DB" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00F45004" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00B91E5F" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91E5F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ейнелеу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өнер мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="001E1501">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91E5F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91E5F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындауға ашық конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006402A2">
-[...139 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="003028FF" w:rsidP="003028FF">
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="00057EBC" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00004D0A" w:rsidRDefault="005C5ACA" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="006F64AE" w:rsidRPr="00004D0A">
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="006F64AE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж,сағ </w:t>
+      </w:r>
+      <w:r w:rsidR="006F64AE" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="006F64AE" w:rsidRPr="00004D0A">
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
       <w:r>
-        <w:t>КГКП «</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+        <w:t>Павлодар</w:t>
       </w:r>
       <w:r>
-        <w:t>города Павлодара»  г</w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>241</w:t>
       </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="005B4A9E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейнелеу өнер мұғалімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына орна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00CC4101" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 57 бұйрығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негізінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00E44D0A" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...181 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194DDD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
-        <w:t>: </w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00D3649F" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="009144D3" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...77 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...145 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және электрондық пошта  арқылықабылдана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00E81F1F" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">с казахским языком </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E81F1F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E81F1F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...11 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...11 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) "педагог" (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...11 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу пәнінің, оқу-тәрбие процесінің, оқыту және бағалау әдістемесінің мазмұнын біледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...11 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлайды және ұйымдастырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...11 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...11 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейіндегі іс-шараларға қатысады, білім алушылардың қажеттіліктерін ескере отырып, тәрбиелеу мен оқытуда жеке тәсілді жүзеге асырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...21 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқытудың инновациялық нысандарын, әдістері мен құралдарын пайдаланады, білім беру ұйымы деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...34 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...13 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ұйымдастырылған оқу қызметтерін талдау дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      конструктивті және тәлімгерлікті іске асырады, білім беру ұйымдары деңгейінде жекелей немеесе ұжым болып кәсіби дамыту басымдықтарын анықтайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...20 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      қала/өңір деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...34 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      сабақты зерттеу және бағалау құралдарын әзірлеу дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогикалық қоғамдастықта аудан, қала деңгейінде тәлімгерлікті жүзеге асырады және даму стратегиясын конструктивті анықтайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      облыс/республикалық маңызы бар және астаналық қалалары, Республика деңгейінде тәжірибені жинақтайды (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...10 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      облыс/ республикалық маңызы бар және астаналық қалалары, республика деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылардың болуы (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      авторлық бағдарламалары бар болуы және республикалық оқу-әдістемелік кеңесте мақұлданған, авторлық бағдарламасы немесе оқулықтарға, оқу-әдістемелік құралдардың авторы (тең автор) бола алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ғылыми жобалау дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      жетекшілік етуді іске асырады және облыс деңгейінде кәсіби бірлестіктердің желісіндамытуды жоспарлайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болып табылуы немесе немесе облыстық білім беру органдарының уәкілмен бекітілген республикалық және халықаралық конкурстарға қатысушыларды даярлауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Арнайы (түзету) білім беру мекемелерінде оқытылатын пәннің ерекшелігін ескере отырып, дамуында ауытқуларды барынша түзетуге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу жөніндегі жұмысты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...25 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00AF0D78">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Конституциясын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00AF0D78">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Еңбек Кодексін</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00AF0D78">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Білім туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00AF0D78">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Педагог мәртебесі туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00AF0D78">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00AF0D78">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Қазақстан Республикасындағы тіл туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>" Заңдарын, білім беруді дамытудың бағыттары мен перспектикваларын айқындайтын мемлекеттік жалпыға міндетті білім беру стандарттарын және басқа да нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогика мен психологияны,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      пәнді оқыту әдістемесін, тәрбие жұмысын, оқыту құралдарын және олардың дидактикалық мүмкіндіктерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу кабинеттері мен қосалқы үй-жайларды жабдықтауға қойылатын талаптарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...18 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...481 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="001315D5" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормалары, санитарлық ережелер мен нормаларды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Заработная</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақының мөлшері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешілерге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>учителя изобразительной деятельности</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+        <w:t xml:space="preserve"> еңбек өтіліне </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, біліміне, санатына  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="009144D3" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейнелеу өнер мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулыбілім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> образование – </w:t>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>130000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="009144D3" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>000–1</w:t>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейнелеу өнер мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...28 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:t>Заработная плата музыкального руководителя:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>100000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...50 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>40000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="009144D3" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="0058555C" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00244DA8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейнелеу өнер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұғалімі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-        <w:t>10) заполненный оценочный лист кандидата на вакантную или временно</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды пошта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...53 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-        <w:r w:rsidRPr="005B4A9E">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="002F0C36">
           <w:rPr>
             <w:rStyle w:val="a5"/>
+            <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00FF35DB" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші басшыларыменпедагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Нысан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00A53AEA" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-667"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="00057EBC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00A53AEA" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша бос лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы ____________________________________________________________ (Т.Ә.А. (болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="269"/>
+        <w:gridCol w:w="3386"/>
+        <w:gridCol w:w="3442"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="285"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімітуралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғарыкүндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғарысырттай / қашықтықтаноқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғарыбілімтуралыүздік диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімітуралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр немесежоғарыбілімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылымдокторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-модератор" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-сарапшы" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-зерттеуші" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40 - тан 50 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-шебер" біліктіліксанатымен - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Біліктілігі/Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 санат -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметөтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылғадейін = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 жылдан 5 жылғадейін = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5 жылдан 10 жылғадейін = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10 жылданжәнеоданартық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызметтәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмысқаалғашкіріскенпедагогтарүшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімтуралыдипломғақосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"өтежақсы" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"жақсы" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алдыңғыжұмысорнынанұсыныс хат (еңбекқызметін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жүзегеасырукезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оңұсынысхаттыңболуы = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ұсыныс хат болмағанжағдайда – минус 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Терісұсынысхаттыңболуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктердіңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- білімалушылардыңдипломдары, олимпиадалар мен конкурстаржеңімпаздарыныңгра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>моталары, ғылымижобалары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мұғалімдер мен олимпиадаларжеңімпаздарыныңдипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсыныңжүлдегері – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "Қазақстанныңеңбексіңіргенұстазы" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- авторлықжұмыстаржәнежарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесінеенгізілгеноқулықтардыңжәне (немесе) ОӘК авторы немесетең авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>РОӘК – 2 тізбесінеенгізілгеноқулықтардыңжәне (немесе) ОӘК авторы немесетең авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>БҒССҚЕК, Scopus – 3 тізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- көптілділіктіжүзегеасыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБжетекшілігі -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>кәсіби-педагогикалыққауымдастықкөшбасшысы – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2 тілдеоқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 тілдеоқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- пәндікдайындықсертификаттары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- цифрлықсауаттылық сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>GoetheZertifikat, "Python-да бағдарламалаунегіздері", "Microsoft-пен жұмысістеудіоқыту" бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "Өрлеу" курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курстар - 0,5 балл (әрқайсысыжеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F64AE" w:rsidRPr="005F4582" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 10-қосымша    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-        <w:rPr>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...159 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC078F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 9" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="006F64AE" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00004D0A" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00004D0A" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00004D0A" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="95"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="008E7E38" w:rsidP="005F36A8">
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC078F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 8" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттыңТ.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC078F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 7" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC078F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 6" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00EC078F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 5" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC078F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 4" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EC078F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:group id="Группа 14" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
-            <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAPDUMD8IAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWsCMRC9C/0PYQq9abaCVlejqFXw&#10;ULBV0euwme6ubiZLEt3tv28KBW/zeJ8znbemEndyvrSs4LWXgCDOrC45V3A8bLojED4ga6wsk4If&#10;8jCfPXWmmGrb8Bfd9yEXMYR9igqKEOpUSp8VZND3bE0cuW/rDIYIXS61wyaGm0r2k2QoDZYcGwqs&#10;aVVQdt3fjIL2w55Gy7pqBuOm3L6fL279uXtT6uW5XUxABGrDQ/zv3uo4fwB/v8QD5OwXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAPDUMD8IAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".14125mm"/>
+          <v:group id="Группа 2" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAlKlZ+sEAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/6HZYTezK4WpUQ3QQst&#10;tTdtoTkO2TEJZmdjdmvSf98tFLzN433ONh9tK27U+8axhkWiQBCXzjRcafj8eJk/gfAB2WDrmDT8&#10;kIc8m062mBo38JFup1CJGMI+RQ11CF0qpS9rsugT1xFH7ux6iyHCvpKmxyGG21YulVpLiw3Hhho7&#10;eq6pvJy+rYZzcf0KxapQh3eSbnzcezW8llo/zMbdBkSgMdzF/+43E+cv4e+XeIDMfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="008E7E38" w:rsidP="005F36A8">
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-          <w:noProof/>
+        <w:spacing w:before="48" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> (при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,ұйымныңатауы,мекен-жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidTr="006716CC">
         <w:trPr>
-          <w:trHeight w:val="371"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
             <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>№</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
             <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
             <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
-[...6548 lines deleted...]
-      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+      <w:tr w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidTr="006716CC">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...124 lines deleted...]
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...54 lines deleted...]
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="008E7E38" w:rsidP="005F36A8">
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00EC078F" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC078F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 25" o:spid="_x0000_s1037" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTIPtOEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkcUr9HiWAF1Gj/bf9z/33/gO+P/cOvrwSUkKmq1GM4cFfeKhurLm9k9EGDwjnR&#10;2IUGG7Kq3sgYANnGSMzOLlGFPQlxkx0W4f5QBL4zJILNvu8Nez0gE4HO8wdYI4eN27PRRptXXCIO&#10;295oU5cwBgkLEDdRLKHcSZFDNV92iEuGAb5NwQ9GXmv0wiFLl1RkNBh1z4381giRPLff7Vq8c7Nu&#10;a2ax/CMsYL9u+bG0pRztRMMZJMJsw7iYpVJqm50lcGvTAwhgZOP7gy34PretzzQuFHTCeQ8oSqAH&#10;VnUYJTOWmXVhRVKFFFNhNwq55UuJKnNWN3DyqM3FsRUeP2ZVq+GEdQCXphbQqeV6VFchF1meY2Fz&#10;YakMPHeAudEyz2KrtGy0Wq+muSJbZrsbHxsMgJ2YKbkRMYKlnMXzRjYsy2sZ7HPMLVzBJgX2MmL7&#10;fh65o/lwPgw6gd+fdwJ3NutcL6ZBp7/wBr1ZdzadzrwvlpoXjNMsjrmw7NpR4gV/16rNUKuHwGGY&#10;nERxEuwCn6fBOqc0MBcQS/tb57rtz7qhVzK+h15Vsp6NMMtBSKX6REkFczGk+uOGKU5J/lrA4Bl5&#10;Adx8YnAR9AY+LNSxZnWsYSICqJAaChfcilNTD99NqbJ1Cp48LKuQ1zAjksw2Mw6TmlWzgNmHETRz&#10;2g7X4zVaPf6bTH4DAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDTIPtOEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 1" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...108 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00460AA6" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00526689" w:rsidRPr="006F64AE" w:rsidRDefault="00526689">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00526689" w:rsidRPr="006F64AE" w:rsidSect="0095185E">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005F36A8"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00F33865"/>
+    <w:rsidRoot w:val="006F64AE"/>
+    <w:rsid w:val="00057EBC"/>
+    <w:rsid w:val="001E1501"/>
+    <w:rsid w:val="00386F50"/>
+    <w:rsid w:val="00526689"/>
+    <w:rsid w:val="00532B79"/>
+    <w:rsid w:val="005F69F6"/>
+    <w:rsid w:val="006A500B"/>
+    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="008950FB"/>
+    <w:rsid w:val="008B5BEF"/>
+    <w:rsid w:val="00A01351"/>
+    <w:rsid w:val="00E206D5"/>
+    <w:rsid w:val="00EC078F"/>
+    <w:rsid w:val="00EC07FC"/>
+    <w:rsid w:val="00F278E6"/>
+    <w:rsid w:val="00F66E15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10829,166 +8522,166 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F33865"/>
+    <w:rsid w:val="00E206D5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11235,54 +8928,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2277</Words>
-  <Characters>12981</Characters>
+  <Words>2410</Words>
+  <Characters>13742</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15228</CharactersWithSpaces>
+  <CharactersWithSpaces>16120</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>