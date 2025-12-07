--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,7645 +1,9611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="006402A2" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
+        <w:t>КГКП «</w:t>
       </w:r>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Б</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+        </w:rPr>
+        <w:t>города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на вакантной должности музыкального руководителя</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00955956">
-[...115 lines deleted...]
-    <w:p w:rsidR="00955956" w:rsidRPr="00D3649F" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00D3649F" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRDefault="00FC2372" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00004D0A" w:rsidRDefault="00431C00" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>12</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>12.10</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5357" w:rsidRPr="00004D0A">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>.2022г</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5357" w:rsidRPr="00004D0A">
+        <w:t xml:space="preserve"> 09:00</w:t>
       </w:r>
       <w:r w:rsidR="00004D0A" w:rsidRPr="00004D0A">
-        <w:t>-2022</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00004D0A">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ж,сағ</w:t>
-[...11 lines deleted...]
-        <w:t>:00</w:t>
+        <w:t xml:space="preserve"> час.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRDefault="006424F8" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекенжайы</w:t>
+        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
       </w:r>
       <w:r>
+        <w:t>города Павлодара»  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00955956">
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00955956">
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00955956">
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ак. Сатпаев көшесі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00955956" w:rsidRPr="00955956">
+        <w:t>241</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>676-300</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">та: </w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00CC4101" w:rsidRPr="00555A4B">
+        <w:r w:rsidR="00194DDD" w:rsidRPr="005B4A9E">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00194DDD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006402A2" w:rsidRPr="000B5799" w:rsidRDefault="006402A2" w:rsidP="006402A2">
-      <w:pPr>
+    <w:p w:rsidR="00896AB9" w:rsidRDefault="00896AB9" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="006402A2" w:rsidRPr="00B531BC" w:rsidRDefault="006402A2" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын 1,5 еңбкақы мөлшерімімен ән-күй жетекшісі </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B5799">
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына орна</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1,5 ставки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакант</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ласуға ашық конкурс жариялайды.</w:t>
+        <w:t xml:space="preserve">ной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>музыкального руководителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским языком обучения. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006402A2" w:rsidRDefault="006402A2" w:rsidP="00955956">
+    <w:p w:rsidR="006402A2" w:rsidRDefault="006402A2" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC4101" w:rsidRPr="00CC4101" w:rsidRDefault="00CC4101" w:rsidP="00CC4101">
+    <w:p w:rsidR="00560D96" w:rsidRPr="00B531BC" w:rsidRDefault="00560D96" w:rsidP="008A177B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...42 lines deleted...]
-        <w:t>негізінде өткізіледі.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC4101" w:rsidRPr="00E44D0A" w:rsidRDefault="00CC4101" w:rsidP="00955956">
+    <w:p w:rsidR="00560D96" w:rsidRDefault="00560D96" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 7рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">на Интернет-ресурсе и (или) официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аккаунтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRDefault="00DC3314" w:rsidP="00955956">
+    <w:p w:rsidR="00560D96" w:rsidRPr="00D3649F" w:rsidRDefault="00560D96" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі гимназиясы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00955956">
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қазақ  тілінде оқытады</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00955956" w:rsidRPr="00955956">
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00955956" w:rsidRPr="00194DDD">
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эл. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
+    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
-[...8 lines deleted...]
-        <w:t>Конкурс кезеңдері:</w:t>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
-[...110 lines deleted...]
-    <w:p w:rsidR="006424F8" w:rsidRPr="009144D3" w:rsidRDefault="006424F8" w:rsidP="006424F8">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00DC3314" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80257">
+        <w:t xml:space="preserve">с казахским </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5357">
+        <w:t xml:space="preserve">языком </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5357">
+        <w:t>обучения.Реализуеттиповую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5357">
+        <w:t xml:space="preserve"> учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
-[...62 lines deleted...]
-    <w:p w:rsidR="00955956" w:rsidRPr="00194DDD" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00194DDD">
-        <w:rPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат немесе тиісті бейін бойынша техникалық және кәсіптік білімі, жұмыс өтіліне талап қойылмайды;</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="00E44D0A" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00194DDD">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-        <w:t>жұмыс өтілі педагог-модератор үшін 3 жылдан кем емес, педагог-эксперт үшін 4 жылдан кем емес, педагог-зерттеуші мен педагог-шебер үшін 5 жылдан кем емес болуы қажет.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы для педагога-мастера – 5 лет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="00E44D0A" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E44D0A">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>      Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего или среднего уровня квалификации стаж работы для педагога-модератора не менее 3 лет, педагога-эксперта - 4 года, педагога-исследователя – 5 лет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44D0A">
+      <w:r w:rsidRPr="0076342D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:t>):</w:t>
+        </w:rPr>
+        <w:t>      1) педагог (без категории):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...132 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к педагогу высшего уровня квалификации: знать содержание учебной программы и методику преподавания, составлять план работы, планировать и организовывать мероприятия на уровне организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      2) "педагог-модератор":</w:t>
+        <w:t>      2) педагог-модератор:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...47 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог", а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...23 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      обеспечивать устойчивые положительные результаты;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...23 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      широко использовать различные виды музыкальных занятий;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        <w:t xml:space="preserve">      участвовать в методической работе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мектепкедейінгібі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...23 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      выступать на педагогических советах;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...95 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      проводить открытые занятия, участвует в мероприятиях внутри организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      3) "</w:t>
-[...23 lines deleted...]
-        <w:t>":</w:t>
+        <w:t>      3) педагог-эксперт:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...144 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      должен отвечать требованиям, предъявляемым к квалификации "педагог-модератор", а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...60 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>      владеть разнообразными современными методиками музыкального воспитания и обучения детей дошкольного возраста, элементами диагностики развития музыкальных способностей детей дошкольного возраста;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      4) "</w:t>
-[...23 lines deleted...]
-        <w:t>":</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>      активно участвовать в преобразовании среды развития ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...108 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      4) педагог-исследователь:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> болу.</w:t>
+        <w:t>      должен отвечать требованиям, предъявляемым к квалификации "педагог-эксперт", а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      5) "</w:t>
-[...23 lines deleted...]
-        <w:t>":</w:t>
+        <w:t>      осуществлять собственный творческий поиск применения современных методик музыкального воспитания и обучения детей дошкольного возраста, прививать им собственные оригинальные методики музыкального развития детей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...47 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>      являться участником профессиональных конкурсов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      балалардыңмузыкалықдамуыныңөзіндікерекшебірегейәдістемелерініңболуы;</w:t>
+        <w:t>      5) педагог-мастер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CFA">
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        <w:t>      должен отвечать требованиям, предъявляемым к квалификации "педагог-исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>республикалық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        <w:t>      иметь собственные оригинальные методики музыкального развития детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>халықаралық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        <w:t>      являться участником профессиональных конкурсов на республиканском (международном) уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>деңгейдекәсібиконкурстардыңқатысушысыболыптабылады</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Организует и проводит музыкальные занятия, детские праздники и другие культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076342D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="0076342D">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="0076342D">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="0076342D">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="0076342D">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="0076342D">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0076342D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076342D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына сәйкес балаларды эстетикалық дамыту мен музыкалық тәрбиелеуді жүзеге асырады.</w:t>
+        </w:rPr>
+        <w:t>      государственные общеобязательные стандарты дошкольного воспитания и обучения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
-[...161 lines deleted...]
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="005D1CFA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076342D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...77 lines deleted...]
-        <w:t>", "Сыбайлас жемқорлыққа қарсы күрес туралы" Қазақстан Республикасының заңдарын және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілерді,</w:t>
+        </w:rPr>
+        <w:t>      музыкальные произведения детского репертуара, методику музыкального воспитания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="001315D5" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата музыкального руководителя: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сред</w:t>
+      </w:r>
+      <w:r w:rsidR="00896AB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нее-специальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00896AB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование – </w:t>
+      </w:r>
+      <w:r w:rsidR="00896AB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарттарды,</w:t>
-      </w:r>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000–120000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="008F5FA7" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная плата музыкального руководителя:</w:t>
+      </w:r>
+      <w:r w:rsidR="00896AB9">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00896AB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      балалар репертуарындағы музыкалық шығармалар, музыкалық білім беру әдістерін.</w:t>
-      </w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000–130000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="009144D3" w:rsidRDefault="00955956" w:rsidP="00955956">
-[...491 lines deleted...]
-    <w:p w:rsidR="00955956" w:rsidRPr="009144D3" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>ар болса);</w:t>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      </w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>сихоневрологиялық ұйымнан анықтама;</w:t>
+        <w:t>7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0058555C">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>аркологиялық ұйымнан анықтама;</w:t>
+        <w:t>8) справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00004D0A" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">9) </w:t>
-[...23 lines deleted...]
-        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5357">
+        <w:t>) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="00244DA8" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00004D0A">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00244DA8">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5357">
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74050">
+        <w:t xml:space="preserve"> вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74050">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">10) </w:t>
-      </w:r>
+        <w:t>муз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F74050">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ән-куй жетекшісі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00244DA8">
+        <w:t>.р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F74050">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+        <w:t>уководителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5357">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="00460AA6" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00955956" w:rsidRPr="00395C33" w:rsidRDefault="00955956" w:rsidP="00955956">
+    <w:p w:rsidR="00EE5357" w:rsidRPr="00194DDD" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00395C33">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1601">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80257">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ақпараттынақтылауүшінбайланыстелефондарыжәнеэлектрондықмекенжайлары:</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00395C33">
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
-          <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-      <w:r w:rsidR="00E44D0A">
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00194DDD" w:rsidRPr="005B4A9E">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sad6@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00194DDD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>sad6@goo.edu.kz)</w:t>
-      </w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00004D0A" w:rsidRDefault="00004D0A" w:rsidP="00F94BEA">
-[...2 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 11 к Правилам назначения на должности, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первых руководителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ипедагоговгосударственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...2 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>қағидаларына</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочныйлисткандидатанавакантнуюиливременновакантнуюдолжность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>11-қосымша</w:t>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...28 lines deleted...]
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="Группа 14" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAPDUMD8IAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWsCMRC9C/0PYQq9abaCVlejqFXw&#10;ULBV0euwme6ubiZLEt3tv28KBW/zeJ8znbemEndyvrSs4LWXgCDOrC45V3A8bLojED4ga6wsk4If&#10;8jCfPXWmmGrb8Bfd9yEXMYR9igqKEOpUSp8VZND3bE0cuW/rDIYIXS61wyaGm0r2k2QoDZYcGwqs&#10;aVVQdt3fjIL2w55Gy7pqBuOm3L6fL279uXtT6uW5XUxABGrDQ/zv3uo4fwB/v8QD5OwXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAPDUMD8IAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...73 lines deleted...]
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006039D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT9xwMEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinUroeRIAXUaPd192P3bffgvt93Dz+/IHBCpqpSj2DDbXmjrFZdXsvkgwaHd+Sx&#10;Cw0xaFm9kRQAydpIl51tqgq7E3SjrSvC3b4IbGtQAi+Dfn849LsYJeALwr6rkUdG7d5krc0rJh0O&#10;2VxrU5eQguUKQBsVCyh3WnCo5ssO8lG/F3bdoyn5Pixow154aOGjCoUD//w0KGyDHFbgR2H/t2Dn&#10;bZwFCw/AQMCqpUiylnWyFQ1tsBCxPeO7RJVS2wQtgFybIUCAICvxD7Fw9mlsvac5QkEznLaBwgja&#10;YFnLLYmxzOwR1kRVjF0u7ItCbthCOpc5KR0c8ujl4jAKtkPmDljVbthhD4B7UxvuUMv1oLRCznPO&#10;XW25sFS6/qDrcqMlz6l1WjZarZYTrtCG2AZ3HysGwI7ClFwL6sAyRuissQ3JeW1DPHe5hVvYpMDe&#10;R9fBn4b+cDaYDaJOFPZmncifTjtX80nU6c2Dfnd6Pp1MpsFnSy2IRllOKROWXTtNgujvurWZa/Uc&#10;2M+TIxVHYufu81Ssd0zD5QK0tL91rtsWrXt6KekdtKuS9XiEcQ5GJtU9RhWMxhjrj2uiGEb8tYDZ&#10;MwyiyM5St4i6/RAW6tCzPPQQkQBUjA2GC27Niann77pU+SqDkwJXViGvYEykue1nN09qVs0Cxp9T&#10;0IxqO18P1y7q8Q9l/AsAAP//AwBQSwMEFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISNxYShhjKk2nCgESRwZIO3qN1xYap2qyrfDr8U5ws/2enr9X&#10;rCbfqwONsQts4XqWgSKug+u4sfD+9nS1BBUTssM+MFn4pgir8vyswNyFI7/SYZ0aJSEcc7TQpjTk&#10;Wse6JY9xFgZi0XZh9JhkHRvtRjxKuO+1ybKF9tixfGhxoIeW6q/13lt4/ujcS6RdxZg+zc9jFae4&#10;qa29vJiqe1CJpvRnhhO+oEMpTNuwZxdVb+FuYW7FasHcSIWTIZsbmbZymWegy0L/r1D+AgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJP3HAwSAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мя,отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10348" w:type="dxa"/>
-        <w:tblInd w:w="-936" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="709"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...22 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...46 lines deleted...]
-              <w:t>дейін)</w:t>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-вобаллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94BEA" w:rsidRPr="007D7BB2" w:rsidTr="00CB722D">
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
         <w:trPr>
-          <w:trHeight w:val="1134"/>
+          <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00097EC8">
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...41 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...41 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...64 lines deleted...]
-              <w:t>жоғарыбілімтуралыүздік диплом = 7</w:t>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
         <w:trPr>
-          <w:trHeight w:val="1108"/>
+          <w:trHeight w:val="602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00097EC8">
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...41 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическаястепень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...40 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008A177B" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00097EC8">
-[...46 lines deleted...]
-              <w:t>Ғылым докторы = 10 Ғылымкандидаты=10</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидатнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балло</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
         <w:trPr>
-          <w:trHeight w:val="1756"/>
+          <w:trHeight w:val="5701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...2 lines deleted...]
-              <w:ind w:left="38" w:right="237"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=6баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=7баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:ind w:left="38" w:right="579"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:ind w:left="38"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...1767 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...760 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:sectPr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10086" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="3543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="1380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...25 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...25 lines deleted...]
-              <w:t>кезеңі</w:t>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="633"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:t>мамандығы</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора=3балла директор = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="605"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дляпедагогов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>первыепоступающих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>хорошо"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="1266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательноеписьмос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предыдущегоместаработ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательногописьма=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="591"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл призерыолимпиадиконкурсов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="1022"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:ind w:left="0" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллпризерконкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали"</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="1613"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторскиеработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>переченьКОКСОН</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+        <w:trPr>
+          <w:trHeight w:val="1832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC4C81" w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC4C81" w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CC4C81" w:rsidRPr="00CC4C81" w:rsidRDefault="00CC4C81" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предметнойподготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>АЗТЕСТ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC4C81" w:rsidRPr="00CC4C81" w:rsidRDefault="00CC4C81" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наставник = 0,5 балла руководствоМО=1балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лидерпрофессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="00CC4C81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2языках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">усский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA6211">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA6211">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001E17A3" w:rsidRPr="00B531BC" w:rsidRDefault="001E17A3" w:rsidP="001E17A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001E17A3" w:rsidRPr="00B531BC" w:rsidRDefault="001E17A3" w:rsidP="001E17A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001E17A3" w:rsidRPr="001E17A3" w:rsidRDefault="001E17A3" w:rsidP="001E17A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="001E17A3">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="001B6D6C">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="008A177B" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ипедагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006039D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 23" o:spid="_x0000_s1037" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="0006039D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1036" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственныйорган</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006039D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 21" o:spid="_x0000_s1035" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.кандидат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приегоналичии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 20" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическоеместопроживания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дреспрописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="419"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошудопуститьменякконкурсуназанятиевакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временновакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нужное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименованиеорганизацийобразования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дрес(область,район,город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 24" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgGFvrEwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu4jQRiR1st+mCOANH4BorIThDuRHjSdJtu0JCiEpNx5nx5++b8Uwvr3ZFTrZc6UyKkHpd&#10;lxIuIhlnYh3S98tFZ0iJNkzELJeCh/Sea3o1ef7ssirH3JepzGOuCIAIPa7KkKbGlGPH0VHKC6a7&#10;suQCnIlUBTOwVGsnVqwC9CJ3fNftO5VUcalkxLWGt7PaSSeInyQ8Mu+SRHND8pACN4NPhc+VfTqT&#10;SzZeK1amWdTQYP/AomCZgEMPUDNmGNmo7AlUkUVKapmYbiQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOqR9QIlgBNdp/2//cf98/4PfH/uHXVwJOyFRV6jFsuCtvldWqyxsZfdDgcE48&#10;dqEhhqyqNzIGQLYxErOzS1Rhd4JussMi3B+KwHeGRPCy7/VcfwS1isDn+QOskcPG7d5oo80rLhGH&#10;bW+0qUsYg4UFiBsVS4BIihyq+bJDXDIM8NsU/BDktUEvHLJ0SUVG/QvUCqU8BPltECJ5bjDqWbxz&#10;rF4bZrH8Iyxgv275sbSlHO1EwxkswmzDuJilUmqbnSVwa9MDCBBk9f0hFs4+j633NEco6ITzHlCU&#10;QA+sahklM5aZPcKapAoppsK+KOSWLyW6zFnd4JBHby6Oo2D7KavaDTvsAXBpagMPtVyP6irkIstz&#10;LGwuLJWB5w4wN1rmWWydlo1W69U0V2TLbHfjx4oBsJMwJTciRrCUs3je2IZleW1DfI65hSvYpMBe&#10;RmzfzyN3NB/Oh0En8PvzTuDOZp3rxTTo9Bfe4GLWm02nM++LpeYF4zSLYy4su3aUeMHftWoz1Ooh&#10;cBgmJypOxC7w81Ssc0oDcwFa2t86121/1g29kvE99KqS9WyEWQ5GKtUnSiqYiyHVHzdMcUry1wIG&#10;z8gL4OYTg4vgYuDDQh17VsceJiKACqmhcMGtOTX18N2UKluncJKHZRXyGmZEktlmxmFSs2oWMPtQ&#10;QTOn7XA9XmPU47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv&#10;76tWo3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTal&#10;vuQ8Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulm&#10;i2KyqNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoBhb6xMDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABt&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аименованиеорганизации,адрес(область,район,город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ысшееили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="001B6D6C">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименованиеучебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальностьпо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="001B6D6C">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...130 lines deleted...]
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличиеквалификационнойкатегори</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>датаприсвоения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
-[...17 lines deleted...]
-        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 25" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTIPtOEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkcUr9HiWAF1Gj/bf9z/33/gO+P/cOvrwSUkKmq1GM4cFfeKhurLm9k9EGDwjnR&#10;2IUGG7Kq3sgYANnGSMzOLlGFPQlxkx0W4f5QBL4zJILNvu8Nez0gE4HO8wdYI4eN27PRRptXXCIO&#10;295oU5cwBgkLEDdRLKHcSZFDNV92iEuGAb5NwQ9GXmv0wiFLl1RkNBh1z4381giRPLff7Vq8c7Nu&#10;a2ax/CMsYL9u+bG0pRztRMMZJMJsw7iYpVJqm50lcGvTAwhgZOP7gy34PretzzQuFHTCeQ8oSqAH&#10;VnUYJTOWmXVhRVKFFFNhNwq55UuJKnNWN3DyqM3FsRUeP2ZVq+GEdQCXphbQqeV6VFchF1meY2Fz&#10;YakMPHeAudEyz2KrtGy0Wq+muSJbZrsbHxsMgJ2YKbkRMYKlnMXzRjYsy2sZ7HPMLVzBJgX2MmL7&#10;fh65o/lwPgw6gd+fdwJ3NutcL6ZBp7/wBr1ZdzadzrwvlpoXjNMsjrmw7NpR4gV/16rNUKuHwGGY&#10;nERxEuwCn6fBOqc0MBcQS/tb57rtz7qhVzK+h15Vsp6NMMtBSKX6REkFczGk+uOGKU5J/lrA4Bl5&#10;Adx8YnAR9AY+LNSxZnWsYSICqJAaChfcilNTD99NqbJ1Cp48LKuQ1zAjksw2Mw6TmlWzgNmHETRz&#10;2g7X4zVaPf6bTH4DAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDTIPtOEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00185C10" w:rsidP="00F94BEA">
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="001E17A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атакжедополнительныесведени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="0006039D" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 1" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 26" o:spid="_x0000_s1028" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPLW2IEQMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkcUr9PiWAF1Gj/bf9z/33/gO+P/cOvrwSUkKmq1GM4cFfeKhurLm9k9EGDwjnR&#10;2IUGG7Kq3sgYANnGSMzOLlGFPQlxkx0W4f5QBL4zJILNvu8Ne70eJRHoPH+ANXLYuD0bbbR5xSXi&#10;sO2NNnUJY5CwAHETxRLKnRQ5VPNlh7hkGODbFPxg5LVGLxyydElFRoNR99zIb40QyXP73a7FOzfr&#10;tmYWyz/CAvbrlh9LW8rRTjScQSLMNoyLWSqlttlZArc2PYAARja+P9iC73Pb+kzjQkEnnPeAogR6&#10;YFWHUTJjmVkXViRVSDEVdqOQW76UqDJndQMnj9pcHFvh8WNWtRpOWAdwaWoBnVquR3UVcpHlORY2&#10;F5bKwHMHmBst8yy2SstGq/VqmiuyZba78bHBANiJmZIbESNYylk8b2TDsryWwT7H3MIVbFJgLyO2&#10;7+eRO5oP58OgE/j9eSdwZ7PO9WIadPoLb9CbdWfT6cz7Yql5wTjN4pgLy64dJV7wd63aDLV6CByG&#10;yUkUJ8Eu8HkarHNKA3MBsbS/da7b/qwbeiXje+hVJevZCLMchFSqT5RUMBdDqj9umOKU5K8FDJ6R&#10;F8DNJwYXQW/gw0Ida1bHGiYigAqpoXDBrTg19fDdlCpbp+DJw7IKeQ0zIslsM+MwqVk1C5h9GEEz&#10;p+1wPV6j1eO/yeQ3AAAA//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfF&#10;dra9uNDoO8caHlYKBHHtTMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS&#10;+roli37lBuLofbvRYohybKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3&#10;vda3N/PTI4hAc/h7hgU/okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEATy1tiBEDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
+      <w:r w:rsidR="00194DDD" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00194DDD" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00194DDD" w:rsidRPr="00194DDD" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00664CC5" w:rsidRPr="00F94BEA" w:rsidRDefault="00664CC5">
-[...22 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00194DDD" w:rsidRPr="00194DDD" w:rsidSect="001E17A3">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="1700" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -7958,96 +9924,99 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00BC2F25"/>
-    <w:rsid w:val="00000244"/>
     <w:rsid w:val="00004D0A"/>
     <w:rsid w:val="000253A4"/>
+    <w:rsid w:val="0006039D"/>
     <w:rsid w:val="000B44F4"/>
     <w:rsid w:val="001315D5"/>
-    <w:rsid w:val="00167E96"/>
-    <w:rsid w:val="00185C10"/>
+    <w:rsid w:val="00175643"/>
     <w:rsid w:val="00194DDD"/>
-    <w:rsid w:val="00223A6B"/>
+    <w:rsid w:val="001E17A3"/>
     <w:rsid w:val="00234522"/>
-    <w:rsid w:val="002D59D4"/>
-    <w:rsid w:val="00301064"/>
+    <w:rsid w:val="003433F5"/>
+    <w:rsid w:val="00363674"/>
+    <w:rsid w:val="00364FCD"/>
+    <w:rsid w:val="003807A0"/>
     <w:rsid w:val="00395C33"/>
-    <w:rsid w:val="004E41ED"/>
+    <w:rsid w:val="00397460"/>
+    <w:rsid w:val="00431C00"/>
+    <w:rsid w:val="004677E3"/>
+    <w:rsid w:val="004C34ED"/>
     <w:rsid w:val="00560D96"/>
-    <w:rsid w:val="00565FCF"/>
     <w:rsid w:val="006402A2"/>
     <w:rsid w:val="006424F8"/>
     <w:rsid w:val="00664CC5"/>
-    <w:rsid w:val="006F261D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00761E19"/>
+    <w:rsid w:val="0069212B"/>
     <w:rsid w:val="007D7BB2"/>
     <w:rsid w:val="00896AB9"/>
+    <w:rsid w:val="008A177B"/>
     <w:rsid w:val="00955956"/>
-    <w:rsid w:val="00AA6459"/>
-    <w:rsid w:val="00AE49D2"/>
+    <w:rsid w:val="00B314F7"/>
+    <w:rsid w:val="00B50A1D"/>
     <w:rsid w:val="00B80257"/>
     <w:rsid w:val="00BC2F25"/>
+    <w:rsid w:val="00CA6211"/>
     <w:rsid w:val="00CC4101"/>
-    <w:rsid w:val="00CD22BC"/>
-    <w:rsid w:val="00D00496"/>
+    <w:rsid w:val="00CC4B0E"/>
+    <w:rsid w:val="00CC4C81"/>
     <w:rsid w:val="00DC3314"/>
     <w:rsid w:val="00DE632B"/>
     <w:rsid w:val="00E44D0A"/>
     <w:rsid w:val="00EE5357"/>
+    <w:rsid w:val="00F52E2C"/>
     <w:rsid w:val="00F74050"/>
     <w:rsid w:val="00F94BEA"/>
-    <w:rsid w:val="00FC2372"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="10242"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8805,51 +10774,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9098,69 +11067,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1463</Words>
-  <Characters>8345</Characters>
+  <Words>2028</Words>
+  <Characters>11561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9789</CharactersWithSpaces>
+  <CharactersWithSpaces>13562</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>