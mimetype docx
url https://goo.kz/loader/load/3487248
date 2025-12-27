--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,9974 +1,2347 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="14A94E6D" w14:textId="77777777" w:rsidR="000B08CD" w:rsidRDefault="003B2574" w:rsidP="003B2574">
+    <w:p w14:paraId="51A1D884" w14:textId="77B5BEFF" w:rsidR="006D43BE" w:rsidRPr="00477FB9" w:rsidRDefault="00D3649F" w:rsidP="00124F76">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>КГКП «Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования города Павлодара, управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының № 2</w:t>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t>инструктора по плаванию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FC1FC9" w14:textId="77777777" w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5C4813" w14:textId="51692B03" w:rsidR="001C64E9" w:rsidRDefault="00477FB9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00980F95">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00980F95">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00980F95">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00980F95">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00980F95">
+        <w:t>.2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E45C383" w14:textId="77777777" w:rsidR="006D43BE" w:rsidRDefault="00D3649F" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>КГКП «Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00124F76">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7">
         <w:t>3</w:t>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">бос </w:t>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve"> города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">Павлодара»  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
-[...3 lines deleted...]
-        <w:t>лауазымына</w:t>
+      <w:r w:rsidR="001C64E9">
+        <w:t>г.Павлодар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
-[...170 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0058555C">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> көшесі</w:t>
+      <w:r w:rsidR="00124F76">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7">
+        <w:t>Вс. Иванова</w:t>
       </w:r>
       <w:r w:rsidR="00124F76">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0058555C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000639C7">
         <w:t>62</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056A64CA" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00980F95" w:rsidRDefault="00D3649F" w:rsidP="006D43BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7">
         <w:t>33</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0058555C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000639C7">
         <w:t>61</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0058555C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000639C7">
         <w:t>82</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>эл.почта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
-      <w:r w:rsidR="008A6D8B">
+      <w:r w:rsidR="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B">
+      <w:r w:rsidR="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText>HYPERLINK</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText xml:space="preserve"> "</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B">
+      <w:r w:rsidR="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText>mailto</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText>:</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText>Sad</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText>23@</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText>goo</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText>.</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText>edu</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText>.</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText>kz</w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00DF0E2C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00DF0E2C">
         <w:instrText xml:space="preserve">" </w:instrText>
       </w:r>
-      <w:r w:rsidR="008A6D8B">
+      <w:r w:rsidR="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sad</w:t>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
         </w:rPr>
         <w:t>23@</w:t>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+      <w:r w:rsidR="00DF0E2C" w:rsidRPr="00F74F1C">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008A6D8B">
+      <w:r w:rsidR="00DF0E2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61748BC2" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="003B2574" w:rsidP="001C64E9">
+    <w:p w14:paraId="5DA957F2" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ясли-сад</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t>с казахским и русским языком обучения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t>Реализует</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-    <w:p w14:paraId="5062427B" w14:textId="77777777" w:rsidR="00B33372" w:rsidRPr="00B33372" w:rsidRDefault="00B603CF" w:rsidP="00B33372">
+      <w:r>
+        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12083868" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00695F0A" w:rsidP="00477FB9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Біліктілік талаптары</w:t>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1480 lines deleted...]
-      <w:r w:rsidRPr="00B33372">
+      <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по соответствующему профилю, или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6068A809" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии среднего и высшего уровня квалификации стаж работы в должности инструктора по физической культуре дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0356F2" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности инструктора по физической культуре дошкольной организации для педагога-мастера – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2B52D6" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      45. Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6215BC2C" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>      1) "педагог":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A874659" w14:textId="77777777" w:rsidR="00B33372" w:rsidRPr="00B33372" w:rsidRDefault="00B33372" w:rsidP="00B33372">
-[...615 lines deleted...]
-      <w:r w:rsidRPr="00B33372">
+    <w:p w14:paraId="76E0DB6B" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям инструктора по физической культуре (по плаванию) дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4E863E" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      пользоваться современными методиками физического воспитания и обучения детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E80C16D" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8968B0" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>      2) "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0E5D4F" w14:textId="77777777" w:rsidR="00B33372" w:rsidRPr="00B33372" w:rsidRDefault="00B33372" w:rsidP="00B33372">
-[...2431 lines deleted...]
-      <w:r w:rsidRPr="00B33372">
+    <w:p w14:paraId="2E81E59B" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48523197" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      пользоваться современными методиками физического воспитания и обучения детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1445563C" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      знать содержание и структуру программного материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4309F03F" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      применять инновационные методики и технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F52806B" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      проводить диагностику уровня развития умений и навыков в разных возрастных группах, участвовать в методической работе ДО:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B15796A" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      выступать на педсоветах в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DFAAC2" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      повышать профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA68062" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне организации образования, иметь участников конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A981A60" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3) "педагог – эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2838A87F" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к "педагог-модератор", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A4DEE3" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      пользоваться элементами диагностики развития физических способностей детей дошкольного возраста, участвовать в создании физкультурно-оздоровительной развивающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700780A1" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      участвовать в методической работе в организации дошкольного воспитания и обучения, в мероприятиях на уровне района, города: выступать на педагогических советах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADE9C58" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7920BF8C" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      пользоваться навыками анализа организованной учебной деятельности, осуществлять наставничество и определять приоритеты профессионального развития:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78614721" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      собственного и коллег на уровне организации образования, обобщать опыт на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F2C522" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8184D6" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог-эксперт", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D1FDA2" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      </w:t>
-[...2382 lines deleted...]
-        </w:rPr>
+        <w:t>      пользоваться умениями и навыками разработки учебных программ, методик обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FBD4F0" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F24F804" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      практиковать наставничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584BA2D2" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      иметь навыки публичных выступлений и взаимодействия с аудиторией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B2254F" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      применять современные методики физического воспитания детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154E2B6F" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      иметь методические разработки по направлению деятельности на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E4EBBB" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      пользоваться навыками исследования занятия и разработки инструментов оценивания, осуществлять наставничество и определять стратегии развития в педагогическом сообществе на уровне района, города, обобщать опыт на уровне области/городов республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53345DCB" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFF0E23" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям квалификации "педагог – исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CE22F1" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      участвовать в экспериментальной работе по освоению новых программ; активно участвовать в методической работе районного, городского, областного и республиканского уровня; транслировать и внедрять опыт в области, республике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101F434E" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      иметь авторскую программу или являться автором (соавтором) изданных программ, учебно-методических пособий, получивших одобрение на областном учебно-методическом совете и РУМС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A8C526" w14:textId="77C10C6E" w:rsidR="00695F0A" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и планировать развитие сети профессионального сообщества на уровне области, участвовать в республиканских и международных профессиональных конкурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A233284" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00695F0A" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>обеспечивает охрану жизни и здоровья детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4355E02C" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      планирует и осуществляет организованную учебную деятельность по физической культуре (плаванию) в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения с учетом типового учебного плана и рекомендаций медицинского персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5085D93E" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      занимается изучением, обобщением и распространением передового педагогического опыта по физическому воспитанию, внедряет инновационные технологии на основе изучения отечественных и зарубежных научно-исследовательских, авторских разработок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39EBF086" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      осуществляет консультационную помощь родителям в вопросах здоровье сбережения и применения здоровье сберегающих технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7705B8" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      владеет информационно-коммуникационными технологиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102330CC" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      принимает участие в создании физкультурно-оздоровительной развивающей среды, осуществляет совместно с педагогическим коллективом дошкольной организации, а также с помощью родителей и общественных организаций организационно-методическую и практическую работу, проведение массовых мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3113CA7E" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      обеспечивает санитарно-гигиенические условия и меры безопасности при проведении организованной учебной деятельности, спортивных праздников и развлечений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4C0915" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      проводит дополнительные занятия с детьми специальной медицинской группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03054525" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      ведет документацию установленной отчетности по учебной, физкультурно-оздоровительной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2254EE50" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00695F0A" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477FB9">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B33372">
-[...264 lines deleted...]
-        <w:r w:rsidR="00B33372" w:rsidRPr="00B33372">
+      <w:hyperlink r:id="rId5" w:anchor="z63" w:history="1">
+        <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>Конституциясы</w:t>
+          <w:t>Конституцию</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B33372" w:rsidRPr="00B33372">
-[...8 lines deleted...]
-        <w:r w:rsidR="00B33372" w:rsidRPr="00B33372">
+      <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>Білім туралы</w:t>
+          <w:t>Об образовании</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B33372" w:rsidRPr="00B33372">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00477FB9" w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" и иные нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4725F1" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      основы дефектологии и соответствующие методики (при работе с детьми, имеющими отклонения в развитии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57874ED7" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      нормы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE86219" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      основы санитарии и гигиены, психологии и педагогики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A084AAC" w14:textId="77777777" w:rsidR="00477FB9" w:rsidRPr="00477FB9" w:rsidRDefault="00477FB9" w:rsidP="00477FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477FB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      основы трудового законодательства, правила оказания первой медицинской помощи, безопасности и охраны труда, санитарные правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A294C9" w14:textId="5039B9BB" w:rsidR="003C5CAB" w:rsidRDefault="001D6702" w:rsidP="00DF0E2C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>", "</w:t>
-[...148 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>инструктора по плаванию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...377 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>среднее-специальное образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="009E298B">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3617">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1610E">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3617">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C32CFBD" w14:textId="1E98D1AF" w:rsidR="001D6702" w:rsidRPr="008F5FA7" w:rsidRDefault="001D6702" w:rsidP="003C5CAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:t>инструктора по плаванию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs w:val="0"/>
+          <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>высшее образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...61 lines deleted...]
-      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1610E">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0001352A">
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r w:rsidR="00477FB9">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F82760">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3617">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>0000</w:t>
       </w:r>
-      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+      <w:r w:rsidRPr="00050CB6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...150 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44587501" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
-[...199 lines deleted...]
-    <w:p w14:paraId="0D0B5E47" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальны</w:t>
+      </w:r>
+      <w:r w:rsidR="006D43BE">
+        <w:t>х сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108D7E35" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>и осуществляет КГКП «Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:t xml:space="preserve"> 23</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:t>Вс. Иванова,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2F7EBD" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1DD712" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD0D982" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A350F65" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509C4DE3" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1764E026" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F7CDC0" w14:textId="77777777" w:rsidR="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249CFE37" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D1580D" w14:textId="77777777" w:rsidR="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2BBCEB" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FB672E" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B20117" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r>
+        <w:t>лучаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E09DBC" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...42 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009144D3">
-[...607 lines deleted...]
-      <w:r w:rsidR="001C64E9">
+      <w:r>
         <w:t>8(7182</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00244DA8">
+      <w:r w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00244DA8" w:rsidRPr="00244DA8">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1601" w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00244DA8">
+      <w:r w:rsidR="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>61</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00244DA8">
+      <w:r w:rsidR="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>82</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9">
+      <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>электрон</w:t>
-[...15 lines deleted...]
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Sad</w:t>
         </w:r>
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>23@</w:t>
         </w:r>
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>goo</w:t>
         </w:r>
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>edu</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="008A6D8B" w:rsidRPr="00F74F1C">
+        <w:r w:rsidR="00AE07FA">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
-    <w:rsid w:val="00001383"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000B08CD"/>
+    <w:rsid w:val="000639C7"/>
     <w:rsid w:val="000C4DB4"/>
+    <w:rsid w:val="001105EA"/>
     <w:rsid w:val="00124F76"/>
-    <w:rsid w:val="00193956"/>
     <w:rsid w:val="001C64E9"/>
-    <w:rsid w:val="00222217"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00487807"/>
+    <w:rsid w:val="001D6702"/>
+    <w:rsid w:val="002261C1"/>
+    <w:rsid w:val="0026585A"/>
+    <w:rsid w:val="00391982"/>
+    <w:rsid w:val="003C5CAB"/>
+    <w:rsid w:val="00477FB9"/>
     <w:rsid w:val="0058192E"/>
-    <w:rsid w:val="0058555C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007C5524"/>
+    <w:rsid w:val="006203EC"/>
+    <w:rsid w:val="00695F0A"/>
+    <w:rsid w:val="006D43BE"/>
+    <w:rsid w:val="00737876"/>
     <w:rsid w:val="007F60A1"/>
-    <w:rsid w:val="008A6D8B"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00D03152"/>
+    <w:rsid w:val="00861C94"/>
+    <w:rsid w:val="008A23B8"/>
+    <w:rsid w:val="0092355C"/>
+    <w:rsid w:val="00973A8D"/>
+    <w:rsid w:val="00980E00"/>
+    <w:rsid w:val="00980F95"/>
+    <w:rsid w:val="009E298B"/>
+    <w:rsid w:val="00AE07FA"/>
+    <w:rsid w:val="00AE573A"/>
+    <w:rsid w:val="00AF3617"/>
+    <w:rsid w:val="00BD1601"/>
+    <w:rsid w:val="00C61935"/>
+    <w:rsid w:val="00C67982"/>
+    <w:rsid w:val="00D1610E"/>
     <w:rsid w:val="00D3649F"/>
-    <w:rsid w:val="00D66E12"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F82760"/>
+    <w:rsid w:val="00D930CA"/>
+    <w:rsid w:val="00DF0E2C"/>
+    <w:rsid w:val="00E51243"/>
+    <w:rsid w:val="00EB4ACC"/>
+    <w:rsid w:val="00F23CF7"/>
+    <w:rsid w:val="00F27268"/>
+    <w:rsid w:val="00F63385"/>
+    <w:rsid w:val="00F74643"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6E661151"/>
+  <w14:docId w14:val="1A5C05DD"/>
   <w15:docId w15:val="{A479D342-88CA-4DBF-886F-0194B490511B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10396,263 +2769,277 @@
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00460AA6"/>
+    <w:rsid w:val="001D6702"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00460AA6"/>
+    <w:rsid w:val="00F27268"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00980E00"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="202980205">
+    <w:div w:id="4866404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="281573741">
+    <w:div w:id="36859753">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="502938136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="561059502">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="745154316">
+    <w:div w:id="611520174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="804664055">
+    <w:div w:id="798844272">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="911157249">
+    <w:div w:id="955450914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1011221227">
+    <w:div w:id="1654063929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1203833178">
+    <w:div w:id="1709914274">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1289824893">
+    <w:div w:id="1770003695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1298756184">
+    <w:div w:id="1927036971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1684360522">
+    <w:div w:id="2079549229">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1826235796">
-[...12 lines deleted...]
-    <w:div w:id="2051609100">
+    <w:div w:id="2124491615">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sad23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sad23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10894,75 +3281,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4B4C35E-D298-4F09-99E4-99F00D8BA749}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1408</Words>
-  <Characters>8032</Characters>
+  <Words>1447</Words>
+  <Characters>8253</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9422</CharactersWithSpaces>
+  <CharactersWithSpaces>9681</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>