--- v0 (2025-12-10)
+++ v1 (2025-12-20)
@@ -599,50 +599,52 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>учителей -логопедов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- психологов</w:t>
       </w:r>
       <w:r w:rsidR="003D222D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -929,103 +931,89 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F233A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F5C7A" w:rsidRPr="006F5C7A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B3610" w:rsidRPr="009B3610">
+      <w:r w:rsidR="006F5C7A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50B02234" wp14:editId="77D5F805">
-            <wp:extent cx="2171700" cy="1581150"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6415DCBD" wp14:editId="7B1B9EDC">
+            <wp:extent cx="1866900" cy="1866900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 4" descr="http://qrcoder.ru/code/?%CF%D0%CE%C3%D0%C0%CC%CC%C0+%C3%CE%D0%CE%C4%D1%CA%CE%C3%CE+%D1%C5%CC%C8%CD%C0%D0%C0+%96+%CF%D0%C0%CA%D2%C8%CA%D3%CC%C0+%D3%D7%C8%D2%C5%CB%C5%C9+-%CB%CE%C3%CE%CF%C5%C4%CE%C2-+%CF%D1%C8%D5%CE%CB%CE%C3%CE%C2&amp;4&amp;0"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="http://qrcoder.ru/code/?%CF%F0%EE%E3%F0%E0%EC%EC%E0+%EE%E1%EB%E0%F1%F2%ED%EE%E3%EE+%F1%E5%EC%E8%ED%E0%F0%E0+%EF%E5%E4%E0%E3%EE%E3%EE%E2-+%EF%F1%E8%F5%EE%EB%EE%E3%EE%E2&amp;4&amp;0"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="http://qrcoder.ru/code/?%CF%D0%CE%C3%D0%C0%CC%CC%C0+%C3%CE%D0%CE%C4%D1%CA%CE%C3%CE+%D1%C5%CC%C8%CD%C0%D0%C0+%96+%CF%D0%C0%CA%D2%C8%CA%D3%CC%C0+%D3%D7%C8%D2%C5%CB%C5%C9+-%CB%CE%C3%CE%CF%C5%C4%CE%C2-+%CF%D1%C8%D5%CE%CB%CE%C3%CE%C2&amp;4&amp;0"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://qrcoder.ru/code/?%CF%F0%EE%E3%F0%E0%EC%EC%E0+%EE%E1%EB%E0%F1%F2%ED%EE%E3%EE+%F1%E5%EC%E8%ED%E0%F0%E0+%EF%E5%E4%E0%E3%EE%E3%EE%E2-+%EF%F1%E8%F5%EE%EB%EE%E3%EE%E2&amp;4&amp;0"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2171700" cy="1581150"/>
+                      <a:ext cx="1866900" cy="1866900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:tblpX="-743" w:tblpY="420"/>
         <w:tblW w:w="10620" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1256,67 +1244,75 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0470E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002C0D2E" w:rsidRPr="00E0470E" w:rsidRDefault="0082050A" w:rsidP="001E6EC8">
+          <w:p w:rsidR="002C0D2E" w:rsidRPr="00E0470E" w:rsidRDefault="009C260F" w:rsidP="001E6EC8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>14.30-14.40</w:t>
+              <w:t>14.30-14.3</w:t>
+            </w:r>
+            <w:r w:rsidR="005D55ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="001519C1" w:rsidRPr="00E0470E" w:rsidRDefault="003D58A0" w:rsidP="009C260F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
@@ -1414,67 +1410,57 @@
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00F72BEE" w:rsidRPr="00E0470E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0082050A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>40-15.3</w:t>
-[...9 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>35-15.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C260F" w:rsidRPr="009C260F" w:rsidRDefault="00AD201B" w:rsidP="009C260F">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C260F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
@@ -1687,102 +1673,114 @@
           <w:p w:rsidR="009C260F" w:rsidRPr="009C260F" w:rsidRDefault="009C260F" w:rsidP="009C260F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009C260F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Пшенко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009C260F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ю.А., руководитель МО учите</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Ю.А., руководитель МО учителей-логопедов, учитель-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009C260F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>КГУ СОШ №26</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009C260F" w:rsidRPr="00531D10" w:rsidRDefault="004D2DCD" w:rsidP="0053071D">
+              <w:t>логопед  КГУ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C260F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> СОШ №26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C260F" w:rsidRPr="00531D10" w:rsidRDefault="009C260F" w:rsidP="0053071D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="009C260F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кошельник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>учитель-логопед КГУ СОШ №39</w:t>
+            <w:r w:rsidRPr="009C260F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C260F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Е.В. ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C260F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учитель-логопед КГУ СОШ №39</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E67F5D" w:rsidRPr="00E0470E" w:rsidRDefault="00E67F5D" w:rsidP="009C260F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C260F" w:rsidRPr="00E0470E" w:rsidTr="0053071D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -2325,87 +2323,87 @@
     <w:sectPr w:rsidR="009B61A6" w:rsidRPr="00E0470E" w:rsidSect="009B61A6">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:left w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:bottom w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:right w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005E1E79" w:rsidRDefault="005E1E79" w:rsidP="005D55ED">
+    <w:p w:rsidR="009C7450" w:rsidRDefault="009C7450" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005E1E79" w:rsidRDefault="005E1E79" w:rsidP="005D55ED">
+    <w:p w:rsidR="009C7450" w:rsidRDefault="009C7450" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
@@ -2413,61 +2411,61 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005E1E79" w:rsidRDefault="005E1E79" w:rsidP="005D55ED">
+    <w:p w:rsidR="009C7450" w:rsidRDefault="009C7450" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005E1E79" w:rsidRDefault="005E1E79" w:rsidP="005D55ED">
+    <w:p w:rsidR="009C7450" w:rsidRDefault="009C7450" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
@@ -2638,169 +2636,160 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417C29"/>
     <w:rsid w:val="0000644E"/>
     <w:rsid w:val="000244E0"/>
-    <w:rsid w:val="000A6EE0"/>
     <w:rsid w:val="000B2364"/>
-    <w:rsid w:val="001032D9"/>
     <w:rsid w:val="001063C0"/>
     <w:rsid w:val="00116B96"/>
     <w:rsid w:val="001319DD"/>
     <w:rsid w:val="00131E36"/>
     <w:rsid w:val="001519C1"/>
     <w:rsid w:val="001845B0"/>
     <w:rsid w:val="001B1DCA"/>
     <w:rsid w:val="001E6EC8"/>
     <w:rsid w:val="001F3B8F"/>
     <w:rsid w:val="002126B8"/>
     <w:rsid w:val="00244068"/>
     <w:rsid w:val="00270A5B"/>
     <w:rsid w:val="00281B24"/>
     <w:rsid w:val="00295C90"/>
     <w:rsid w:val="002A39FB"/>
     <w:rsid w:val="002C0D2E"/>
     <w:rsid w:val="003105FE"/>
     <w:rsid w:val="003D222D"/>
     <w:rsid w:val="003D58A0"/>
     <w:rsid w:val="003E0B58"/>
     <w:rsid w:val="00417C29"/>
     <w:rsid w:val="00422D3E"/>
     <w:rsid w:val="004561A4"/>
     <w:rsid w:val="0049399E"/>
-    <w:rsid w:val="00494B7E"/>
     <w:rsid w:val="00497798"/>
-    <w:rsid w:val="004D2DCD"/>
     <w:rsid w:val="004F708C"/>
     <w:rsid w:val="005011A6"/>
     <w:rsid w:val="00503BD6"/>
     <w:rsid w:val="005249A1"/>
     <w:rsid w:val="0053071D"/>
     <w:rsid w:val="00535DF6"/>
     <w:rsid w:val="005900D5"/>
     <w:rsid w:val="005D55ED"/>
-    <w:rsid w:val="005E1E79"/>
     <w:rsid w:val="005E26F7"/>
     <w:rsid w:val="005F233A"/>
     <w:rsid w:val="0065634A"/>
     <w:rsid w:val="00694E5D"/>
     <w:rsid w:val="006A6E25"/>
     <w:rsid w:val="006F5C7A"/>
     <w:rsid w:val="00704F22"/>
     <w:rsid w:val="00733504"/>
     <w:rsid w:val="007467C1"/>
     <w:rsid w:val="00765602"/>
     <w:rsid w:val="007830EE"/>
     <w:rsid w:val="007F1DFA"/>
     <w:rsid w:val="008127D9"/>
-    <w:rsid w:val="0082050A"/>
     <w:rsid w:val="00847D7C"/>
     <w:rsid w:val="00857C8A"/>
     <w:rsid w:val="00864E9D"/>
     <w:rsid w:val="00873E67"/>
     <w:rsid w:val="008821C5"/>
     <w:rsid w:val="008D14CB"/>
-    <w:rsid w:val="008E0666"/>
     <w:rsid w:val="009128B6"/>
     <w:rsid w:val="00921975"/>
     <w:rsid w:val="00930E2C"/>
     <w:rsid w:val="00962A18"/>
     <w:rsid w:val="00975DCE"/>
-    <w:rsid w:val="009B3610"/>
     <w:rsid w:val="009B61A6"/>
     <w:rsid w:val="009C260F"/>
     <w:rsid w:val="009C7450"/>
     <w:rsid w:val="00A0748E"/>
     <w:rsid w:val="00A36F48"/>
-    <w:rsid w:val="00A528A2"/>
     <w:rsid w:val="00AD077E"/>
     <w:rsid w:val="00AD201B"/>
     <w:rsid w:val="00B210D7"/>
     <w:rsid w:val="00BB4483"/>
     <w:rsid w:val="00BE76FD"/>
     <w:rsid w:val="00C927FD"/>
     <w:rsid w:val="00CC64FE"/>
     <w:rsid w:val="00CE3BE2"/>
     <w:rsid w:val="00D06206"/>
     <w:rsid w:val="00D27477"/>
     <w:rsid w:val="00D8684B"/>
     <w:rsid w:val="00DE7818"/>
     <w:rsid w:val="00E0470E"/>
     <w:rsid w:val="00E17FFD"/>
     <w:rsid w:val="00E62B47"/>
     <w:rsid w:val="00E67F5D"/>
     <w:rsid w:val="00EC5C8F"/>
     <w:rsid w:val="00EE3B7D"/>
     <w:rsid w:val="00EE5ED4"/>
     <w:rsid w:val="00F72BEE"/>
     <w:rsid w:val="00F7499F"/>
     <w:rsid w:val="00F947CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7103F872"/>
+  <w14:docId w14:val="5A872431"/>
   <w15:docId w15:val="{4776D6E4-590B-41F4-897F-EDC3B0A17D8C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>