--- v0 (2025-12-07)
+++ v1 (2026-02-14)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -395,161 +396,196 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRPr="00425C7C" w:rsidRDefault="003D58A0" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ПЕДАГОГ -</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00425C7C" w:rsidRPr="00425C7C">
+        <w:t xml:space="preserve">ПЕДАГОГ </w:t>
+      </w:r>
+      <w:r w:rsidR="00846087">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00425C7C" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>АССИСТЕНТЕ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425C7C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>РД</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00422D3E" w:rsidRPr="00425C7C">
+        <w:t>АССИСТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5606">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЫҢ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD077E" w:rsidRPr="00425C7C">
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
+        <w:t>ЕНТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F233A" w:rsidRPr="00425C7C">
+        <w:t>РД</w:t>
+      </w:r>
+      <w:r w:rsidR="00846087">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidR="00422D3E" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҚАЛАЛЫҚ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F233A" w:rsidRPr="00425C7C">
+        <w:t>Ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00666E4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F233A" w:rsidRPr="00425C7C">
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F233A" w:rsidRPr="00425C7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚАЛАЛЫҚ</w:t>
+      </w:r>
+      <w:r w:rsidR="005F233A" w:rsidRPr="00425C7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="002F4620" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F233A" w:rsidRPr="00425C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00AD077E" w:rsidRPr="00425C7C">
         <w:rPr>
@@ -1001,50 +1037,104 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D13D8F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F5C7A" w:rsidRPr="00D13D8F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7FDE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0398C7D4" wp14:editId="1736C4B1">
+            <wp:extent cx="1866900" cy="1866900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="http://qrcoder.ru/code/?%CF%D0%CE%C3%D0%C0%CC%CC%C0+%D1%C5%CC%C8%CD%C0%D0%C0+%96+%CF%D0%C0%CA%D2%C8%CA%D3%CC%C0+%CF%C5%C4%C0%C3%CE%C3%CE%C2-+%C0%D1%D1%C8%D1%D2%C5%CD%D2%CE%C2&amp;4&amp;0"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://qrcoder.ru/code/?%CF%D0%CE%C3%D0%C0%CC%CC%C0+%D1%C5%CC%C8%CD%C0%D0%C0+%96+%CF%D0%C0%CA%D2%C8%CA%D3%CC%C0+%CF%C5%C4%C0%C3%CE%C3%CE%C2-+%C0%D1%D1%C8%D1%D2%C5%CD%D2%CE%C2&amp;4&amp;0"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1866900" cy="1866900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:tblpX="-743" w:tblpY="420"/>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="3261"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B61A6" w:rsidRPr="00E0470E" w:rsidTr="00F519B7">
         <w:trPr>
@@ -2310,52 +2400,50 @@
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="001E6EC8" w:rsidRPr="00E0470E" w:rsidRDefault="001E6EC8" w:rsidP="001E6EC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0470E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рефлексия</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="00D06206" w:rsidRPr="00E0470E" w:rsidRDefault="00D06206" w:rsidP="001E6EC8">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00D06206" w:rsidRPr="00E0470E" w:rsidRDefault="00476C2A" w:rsidP="001E6EC8">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2508,85 +2596,85 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRPr="00E0470E" w:rsidRDefault="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B61A6" w:rsidRPr="00E0470E" w:rsidSect="009B61A6">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:left w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:bottom w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:right w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A3857" w:rsidRDefault="007A3857" w:rsidP="005D55ED">
+    <w:p w:rsidR="00247295" w:rsidRDefault="00247295" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A3857" w:rsidRDefault="007A3857" w:rsidP="005D55ED">
+    <w:p w:rsidR="00247295" w:rsidRDefault="00247295" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2620,61 +2708,61 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A3857" w:rsidRDefault="007A3857" w:rsidP="005D55ED">
+    <w:p w:rsidR="00247295" w:rsidRDefault="00247295" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A3857" w:rsidRDefault="007A3857" w:rsidP="005D55ED">
+    <w:p w:rsidR="00247295" w:rsidRDefault="00247295" w:rsidP="005D55ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="005D55ED" w:rsidRDefault="005D55ED">
     <w:pPr>
@@ -2851,163 +2939,170 @@
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417C29"/>
     <w:rsid w:val="001319DD"/>
     <w:rsid w:val="00131E36"/>
     <w:rsid w:val="001519C1"/>
     <w:rsid w:val="001845B0"/>
     <w:rsid w:val="001B1DCA"/>
     <w:rsid w:val="001E6EC8"/>
     <w:rsid w:val="001F3B8F"/>
     <w:rsid w:val="002126B8"/>
+    <w:rsid w:val="00243390"/>
+    <w:rsid w:val="00247295"/>
     <w:rsid w:val="00270A5B"/>
     <w:rsid w:val="00281B24"/>
     <w:rsid w:val="00295C90"/>
     <w:rsid w:val="002A39FB"/>
     <w:rsid w:val="002C0D2E"/>
     <w:rsid w:val="002C48F2"/>
     <w:rsid w:val="002F4620"/>
     <w:rsid w:val="003105FE"/>
     <w:rsid w:val="00357A3A"/>
     <w:rsid w:val="003D58A0"/>
     <w:rsid w:val="003E0B58"/>
     <w:rsid w:val="00417C29"/>
     <w:rsid w:val="00422D3E"/>
     <w:rsid w:val="00425C7C"/>
     <w:rsid w:val="00434769"/>
     <w:rsid w:val="004561A4"/>
     <w:rsid w:val="00476C2A"/>
     <w:rsid w:val="0049399E"/>
     <w:rsid w:val="00497798"/>
+    <w:rsid w:val="004C7FDE"/>
     <w:rsid w:val="004F708C"/>
     <w:rsid w:val="005011A6"/>
     <w:rsid w:val="00503BD6"/>
     <w:rsid w:val="005249A1"/>
     <w:rsid w:val="00535DF6"/>
     <w:rsid w:val="00551B57"/>
     <w:rsid w:val="005900D5"/>
     <w:rsid w:val="005D55ED"/>
     <w:rsid w:val="005E26F7"/>
     <w:rsid w:val="005F233A"/>
     <w:rsid w:val="0065634A"/>
+    <w:rsid w:val="00666E4A"/>
     <w:rsid w:val="00694E5D"/>
     <w:rsid w:val="006A6E25"/>
     <w:rsid w:val="006F5C7A"/>
     <w:rsid w:val="00704F22"/>
     <w:rsid w:val="00733504"/>
     <w:rsid w:val="007467C1"/>
     <w:rsid w:val="00756402"/>
     <w:rsid w:val="00765602"/>
     <w:rsid w:val="00786CF5"/>
     <w:rsid w:val="007A3857"/>
     <w:rsid w:val="007B7BCF"/>
     <w:rsid w:val="007E6A6F"/>
     <w:rsid w:val="007F1DFA"/>
     <w:rsid w:val="008127D9"/>
+    <w:rsid w:val="00846087"/>
     <w:rsid w:val="00847D7C"/>
     <w:rsid w:val="00864E9D"/>
     <w:rsid w:val="00873E67"/>
     <w:rsid w:val="008821C5"/>
     <w:rsid w:val="008D14CB"/>
     <w:rsid w:val="00921975"/>
     <w:rsid w:val="00930E2C"/>
     <w:rsid w:val="00971240"/>
     <w:rsid w:val="00975DCE"/>
+    <w:rsid w:val="009A382C"/>
     <w:rsid w:val="009B61A6"/>
     <w:rsid w:val="00A0748E"/>
     <w:rsid w:val="00A36F48"/>
     <w:rsid w:val="00AD077E"/>
     <w:rsid w:val="00AD201B"/>
     <w:rsid w:val="00B210D7"/>
     <w:rsid w:val="00B258C6"/>
     <w:rsid w:val="00BB4483"/>
     <w:rsid w:val="00BC00D0"/>
     <w:rsid w:val="00BE76FD"/>
     <w:rsid w:val="00C108E1"/>
     <w:rsid w:val="00C927FD"/>
     <w:rsid w:val="00CC64FE"/>
     <w:rsid w:val="00CE3BE2"/>
     <w:rsid w:val="00D06206"/>
     <w:rsid w:val="00D13D8F"/>
     <w:rsid w:val="00D27477"/>
     <w:rsid w:val="00D36E8D"/>
     <w:rsid w:val="00D8684B"/>
+    <w:rsid w:val="00DE5606"/>
     <w:rsid w:val="00DE7818"/>
     <w:rsid w:val="00E0470E"/>
     <w:rsid w:val="00E17FFD"/>
     <w:rsid w:val="00E62B47"/>
     <w:rsid w:val="00E67F5D"/>
     <w:rsid w:val="00E93420"/>
     <w:rsid w:val="00E95E03"/>
     <w:rsid w:val="00EC5C8F"/>
     <w:rsid w:val="00EC6CE4"/>
     <w:rsid w:val="00EE3B7D"/>
     <w:rsid w:val="00EE5ED4"/>
     <w:rsid w:val="00F41233"/>
     <w:rsid w:val="00F519B7"/>
     <w:rsid w:val="00F72BEE"/>
     <w:rsid w:val="00F7499F"/>
     <w:rsid w:val="00F947CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="36BADBD4"/>
+  <w14:docId w14:val="781B0419"/>
   <w15:docId w15:val="{4776D6E4-590B-41F4-897F-EDC3B0A17D8C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3626,51 +3721,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1984847968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3919,66 +4014,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>252</Words>
-  <Characters>1439</Characters>
+  <Words>257</Words>
+  <Characters>1469</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1688</CharactersWithSpaces>
+  <CharactersWithSpaces>1723</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>