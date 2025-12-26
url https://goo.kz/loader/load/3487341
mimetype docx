--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,3046 +1,11999 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="756999E9" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+    <w:p w14:paraId="501358EF" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="0029406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="74DB4BF4" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
+    <w:p w14:paraId="1147A1B1" w14:textId="5037FF08" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0067655F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="18"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="18"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="003378D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="18"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>дефектолога</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1363E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2372"/>
+        <w:gridCol w:w="7551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00307343" w:rsidRPr="006F1A8C" w14:paraId="0A4B1092" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="525791B0" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="610C2029" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+          <w:p w14:paraId="0412C71D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293AA6E7" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+          <w:p w14:paraId="5F6D65C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A21B5DF" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00BB07AB">
+          <w:p w14:paraId="02E6264A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>общеобразовательная школа № 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="03071972" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="622AD266" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7CC75B5F" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+          <w:p w14:paraId="047CFE9C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07093D68" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
+          <w:p w14:paraId="4A405FD8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="088575DB" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00BB07AB">
+          <w:p w14:paraId="22A9ABA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="006972A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="0029406B" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="006972A3" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Семенченко</w:t>
             </w:r>
-            <w:r w:rsidRPr="00307343">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  көшесі, 78</w:t>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006972A3" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB07AB" w:rsidRPr="00307343" w14:paraId="424A37EA" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5D41C1B2" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4267D772" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
+          <w:p w14:paraId="1FD67DC1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24C110A0" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
+          <w:p w14:paraId="02A321C5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA79D4C" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00256C8A" w:rsidRDefault="00BB07AB" w:rsidP="00A909D3">
+          <w:p w14:paraId="47532F13" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="0044022F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="18"/>
-[...20 lines deleted...]
-              <w:t>601920</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0044022F" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-19-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB07AB" w:rsidRPr="00307343" w14:paraId="6B4CE226" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="2EECF124" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="344FD48A" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
+          <w:p w14:paraId="3EB0B9AF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD03742" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00DD085B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE499CB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00774DBC" w:rsidRDefault="00774DBC" w:rsidP="0044022F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00774DBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh26@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="3482573A" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EBB73C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E16BBD" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEEFD90" w14:textId="7697C038" w:rsidR="001E6570" w:rsidRPr="00BF3F55" w:rsidRDefault="003378D1" w:rsidP="003861F7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дефектолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="0D277382" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="075924B7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E22F64" w14:textId="2BAB4853" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="003378D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основные </w:t>
+            </w:r>
+            <w:r w:rsidR="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidR="003378D1" w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олжностные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C89A14" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Специальный педагог организации среднего образования, реализующей учебные программы начального, основного среднего и общего среднего образования, в том числе специальных школ (школ-интернатов), проводит индивидуальные, групповые и подгрупповые занятия (уроки) с детьми с ограниченными возможностями в соответствии с типовыми учебными планами и программами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ACBB0CF" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="134AA9E0" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      проводит специальное педагогическое обследование детей с ограниченными возможностями и осуществляет оценку особых образовательных потребностей воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3263C474" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="387453F5" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      для преодоления нарушений психофизического развития у детей с ограниченными возможностями в развитии разрабатывает и реализует индивидуальные учебные, индивидуально-развивающие, коррекционно-развивающие программы и проводит индивидуальные (подгрупповые, групповые занятия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C5B239" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="785314D6" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оказывает специальную психолого-педагогическую поддержку детям с ограниченными возможностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="265357AB" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="665713C2" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      осуществляет психолого-педагогическое сопровождение детей с особыми образовательными потребностями в организациях образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="359DF51C" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07D101C7" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      обеспечивает взаимодействие с другими педагогами и специалистами, способствует реализации принципа инклюзивности в образовании;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783DD128" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="768DEFA0" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      в тесном контакте с другими педагогами и специалистами осуществляет деятельность по развитию и социализации детей с ограниченными возможностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E2ED652" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25E0D1BF" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      консультирует воспитателей, родителей лиц (детей) и иных законных представителей по применению специальных методов и приемов обучения и воспитания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDB4A94" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43C8E077" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      способствует формированию общей культуры личности, использует разнообразные формы, образовательные технологии, приемы, методы и средства обучения в соответствии с требованиями государственного общеобязательного стандарта образования и типовых учебных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C5800C3" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2721EFEA" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      специальный педагог специальных организаций образования, реализующие программы психолого-медико-педагогического обследования и консультирования (психолого-медико-педагогические </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>консультации), коррекционно-развивающие программы (кабинеты психолого-педагогической коррекции, реабилитационные центры, аутизм-центры и другие центры) проводит специальное педагогическое обследование детей с ограниченными возможностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BFDAAE3" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D91C03A" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      участвует в проведении командной оценки особых образовательных потребностей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B882AEA" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41E3358A" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      специальный педагог кабинетов психолого-педагогической коррекции, реабилитационных центров, аутизм-центров проводит индивидуальные, подгрупповые и групповые занятия по плану и расписанию организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4489C381" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="741DF391" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      разрабатывает и реализует индивидуальные учебные, индивидуально-развивающие, коррекционно-развивающие программы и проводит индивидуальные (подгрупповые, групповые занятия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C15FB5C" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3258D1AA" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      повышает свою профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1470270D" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D96CB5B" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      участвует в заседаниях методических советов, методических объединений, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D042D4A" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744A3171" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      проводит работу по формированию толерантного отношения общества к лицам с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D57B9C7" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="097EFFB5" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68247242" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DEFA206" w14:textId="59402DF5" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      обеспечивает охрану жизни, здоровья и прав детей в период воспитательного процесса.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="5F51271F" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8705F6" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFC8FFF" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172D1D7B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38D0A444" w14:textId="3BA99D6E" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00175139" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="00175139" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373AA177" w14:textId="16C1E2F9" w:rsidR="004F2A50" w:rsidRPr="00DD085B" w:rsidRDefault="004F2A50" w:rsidP="003378D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00175139" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00175139" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="376E2DD9" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4756C8BF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67602439" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00DD085B" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E5A7A91" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF97001" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование по направлению "Специальное образование" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4A90F5" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06A7E27F" w14:textId="51564E21" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A8CD4B" w14:textId="77777777" w:rsidR="003378D1" w:rsidRPr="003378D1" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70924BAD" w14:textId="6ADCBA68" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="003378D1" w:rsidP="003378D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003378D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="1780015F" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E1BD5E" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272A8954" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E32E9D" w14:textId="34FAD38A" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00C517DD" w:rsidP="00482020">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="004A596B" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0603B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="004A596B" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="004A596B" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0603B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0603B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004A596B" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00DD085B" w14:paraId="14AD510C" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C1662A" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A792C21" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059EC3C9" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C9A8AC" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7158A03A" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7007D7CA" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77EE50FF" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA64724" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6203F755" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D346E1E" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F714080" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66C452E7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00DD085B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="580AE6C4" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3543C9E4" w14:textId="77777777" w:rsidR="00774DBC" w:rsidRDefault="00774DBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A4FDC2" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="09BE671E" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A7AB5B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63659E85" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7F33B3" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46EF3CA2" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F5EE30" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FBF9164" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433956A9" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="68869594" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E254B00" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BAF89F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE0B963" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A34EBB2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B42F8AF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7191E" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034B366F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7773E051" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337172C6" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224CDD57" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D40A0D" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56927E72" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D09C0A4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A303CA2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7792B949" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DB2CB0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4E4FDA" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005A37F7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2021A313" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4579C70D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD619F5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAEBCD9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8F9996" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4903F7A4" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38403ADA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="131E82BB" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148A08FE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="128115E0" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E87AF93" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06674FD4" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="446E3F0C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="547590B1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75998560" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00307343" w:rsidRDefault="00BB07AB" w:rsidP="002D1C41">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3D3CAE44" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF649FB" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="784AAD0F" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D30F73B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9EAC83" w14:textId="77777777" w:rsidR="00BB07AB" w:rsidRPr="00256C8A" w:rsidRDefault="00BB07AB" w:rsidP="00A909D3">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5A898FDD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8CAD5C" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6A60EDD2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E38F71" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-            <w:pPr>
+          <w:p w14:paraId="239077A5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63DE1A86" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AAC6D1B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E28A43" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DF03EE" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AA6A843" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2691F446" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4854E46A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCB9F2E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA69E66" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C177E1C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4D9D7C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="489F896B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B67B2F3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4448EF64" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D14A45F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BF2B092" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086CA5A3" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1B1476" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68ECE02F" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62616BCD" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E71738F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716B17DA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347EFD68" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC5853" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00301843" w:rsidRPr="00F7191E" w14:paraId="7229D068" w14:textId="77777777" w:rsidTr="004B772A">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68651DF3" w14:textId="77777777" w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A3ADD28" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F02C6FA" w14:textId="4D3BD64F" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="0067655F" w:rsidP="002D1C41">
-[...21 lines deleted...]
-              <w:t>дефектолог</w:t>
+          <w:p w14:paraId="0F42EDE6" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15AD4409" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3317B894" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3010DF28" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124DCFC2" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E28113B" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307343" w:rsidRPr="006F1A8C" w14:paraId="0F9FD1C4" w14:textId="77777777" w:rsidTr="002D1C41">
+    </w:tbl>
+    <w:p w14:paraId="492D2D07" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65253A23" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60342D53" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBBB679" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="359D7B36" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77829EDB" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-            <w:pPr>
+          <w:p w14:paraId="58541A52" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="691524CD" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...17 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+          <w:p w14:paraId="2D8297E1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47AEAEB8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
-[...6 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="06094F49" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E334E01" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014455D5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...13 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...684 lines deleted...]
-              <w:t>тәрбие процесі кезеңінде балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="39FF9DA3" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="71325A9E" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="758C8E3F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C3A0511" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48E13285" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="025BEDE3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC1E194" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F7A283" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722271D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E759DC5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="2E429967" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33CB4740" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="187932CD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9EA00F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F6B7D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="097B86FC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F62CAA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="191C5BAA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF53D6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="61F7E283" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C03C262" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47450BC2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3EE0E95E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55659776" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35705B51" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="326BF6E9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72EC233B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68107F6C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF54F23" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE9EA0C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C4C39F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B918EF0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A2587C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD670B4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69AE5E96" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="616F9F58" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1240E0AB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF7B099" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023ECB6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0EF960" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F81BD7A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4EEDDB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620799B0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="589FD871" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="073F4949" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21EB2E05" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="565127A5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="026AB6C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F23E2A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3247BD9C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0541C6D1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4774FBCB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DEC799A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24020780" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE68B65" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337E8FFD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19669EC6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E5DECF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA16C9C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14D08C78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA98B5F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465482B2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3326AF92" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2A43C3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="667673DE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6947F85E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09101D7F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A484177" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51045223" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DCFF5BD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E131227" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CAC2860" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5395CC48" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CAC517" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="001999B6" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="013F0B99" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-            <w:pPr>
+          <w:p w14:paraId="7DB9AFA6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6AAC9351" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5794815E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidR="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7733DBF8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C12B8B8" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
-[...105 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1B8ABDB8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349D02CD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="629CA7D1" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...40 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+          <w:p w14:paraId="06814CD7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="296D89D5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A4D6CEB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37586A95" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55FDAF98" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00462F6B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F95BD24" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56030752" w14:textId="77777777" w:rsidR="0067655F" w:rsidRPr="0067655F" w:rsidRDefault="0067655F" w:rsidP="0067655F">
-[...105 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4E85DA6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="273C0CB4" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="28E45DD2" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77F6D751" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-            <w:pPr>
+          <w:p w14:paraId="712A963C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...19 lines deleted...]
-              <w:t>4</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53AF43A6" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+          <w:p w14:paraId="09D261B4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05C30FA6" w14:textId="1D6788A6" w:rsidR="00307343" w:rsidRPr="006F1A8C" w:rsidRDefault="006F1A8C" w:rsidP="006F1A8C">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="66FAF8DA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73EA3544" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...18 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+          <w:p w14:paraId="4529A175" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6923CC4F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D61E57E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FADD0BD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0A5D86" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...676 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5A2DC4D1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307343" w:rsidRPr="00307343" w14:paraId="0CD1BC10" w14:textId="77777777" w:rsidTr="002D1C41">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="1CDD1CE9" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A8F2446" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-            <w:pPr>
+          <w:p w14:paraId="5BEFF73C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...17 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="606F88A4" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...19 lines deleted...]
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+          <w:p w14:paraId="1FECB09C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31D9D51E" w14:textId="54959CF0" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="002D1C41">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="56401528" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73787A1E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF1C1E3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A81E5F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A1F48F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642FE7D1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="431EEB2E" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69AAE445" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C040BCC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22457E0F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F01BCF8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60BB66C9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00321427" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10630E0E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="47B265A1" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1431111D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="396A515D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3EC02FBB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF3F5B1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4325828F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="110E7A26" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7370C13E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="5D380C32" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21F19FF1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D919AD8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65EE3672" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EAB956B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17901A31" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E498812" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35F5CBD8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3199E4E0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77EE432F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A944BCD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="762CB656" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан еңбек сіңірген ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5BEA4B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="6B05063C" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A38C8E8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F8057F3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79BB0627" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E7F032" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF6628A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="392F20B3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60064153" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="6130F922" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3ACD1A04" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="696BECC8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C67B2FC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="614A50D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0BA26A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0862AEB4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD4DBF9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D07BC39" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CCC853D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D204748" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5B71FE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w14:paraId="4D488550" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2ED281B7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CC726B1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F242CA4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D16F57" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A91554" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA3FE3F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D5DA2B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C37E247" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F0A68A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3931F9CA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B772A" w:rsidRPr="004B772A" w14:paraId="40D6958B" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722F1A1D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1409B264" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="530D5083" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65287552" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+    <w:p w14:paraId="0333DB2E" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C29BDE1" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
+    <w:p w14:paraId="776C137A" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48663A94" w14:textId="77777777" w:rsidR="00307343" w:rsidRPr="00307343" w:rsidRDefault="00307343" w:rsidP="00D54918">
-[...205 lines deleted...]
-    <w:sectPr w:rsidR="00307343" w:rsidRPr="00307343" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1137A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1193957710">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1598751521">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="357243566">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="141628268">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="338583625">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1864709039">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F70384"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F70384"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001257D"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000645B2"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00175139"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E6570"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="0029406B"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="003378D1"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
+    <w:rsid w:val="003861F7"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00482020"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494357"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004A596B"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="005207C3"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00716E17"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00774DBC"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00791F6E"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D77A1"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00814D5C"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="009743F4"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A0603B"/>
+    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A529F5"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF3F55"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C42E61"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C517DD"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D1363E"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E10C0F"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="kk-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5B9F6F23"/>
-  <w15:docId w15:val="{7E70E368-972E-4E52-9104-5B957D708A1B}"/>
+  <w14:docId w14:val="55270F52"/>
+  <w15:docId w15:val="{9D5CB73E-E09D-42AD-B21E-C56691EF4BE6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3386,233 +12339,244 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D54918"/>
-[...48 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D54918"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00D54918"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:lang w:val="ru-RU"/>
-[...14 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1453785871">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1713573717">
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3646,86 +12610,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3856,59 +12818,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFC17888-7D89-4FD9-B581-E658240E58D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4796</Characters>
+  <Pages>1</Pages>
+  <Words>2136</Words>
+  <Characters>12178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5626</CharactersWithSpaces>
+  <CharactersWithSpaces>14286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>