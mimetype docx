--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,3086 +1,3052 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00463794" w:rsidRPr="00E2324B" w:rsidRDefault="00BD71BA" w:rsidP="00BD71BA">
-      <w:pPr>
+    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD71BA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имени М.Ауэзова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00623348">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2324B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD71BA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E92E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учител</w:t>
+      </w:r>
+      <w:r w:rsidR="00623348">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начальных классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2324B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD71BA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...202 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...177 lines deleted...]
-          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="7324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00AC40B0" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>им.М.Ауэзова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
+              <w:t xml:space="preserve">140008, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ткачева, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00B23615">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0049113D">
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>62</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B23615">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00590BAF" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="00463794" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00590BAF" w:rsidRDefault="0093279B" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00590BAF" w:rsidRDefault="00590BAF" w:rsidP="00AC5290">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бастауыш сыныптар, 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BD71BA" w:rsidRPr="00BD71BA">
+              <w:t xml:space="preserve">Начальные классы,  </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5290">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мөлшерлеме</w:t>
+              <w:t>1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00AC40B0" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқыту мен тәрбиелеуді жүзеге асырады, оқу жүктемесін бөлу бойынша өзіне бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ кезінде тиісті тәртіп пен пәнді қамтамасыз етеді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t>Осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, проводит уроки и другие учебные занятия в закрепленных за ним по распределению учебной нагрузки классах, обеспечивает во время занятий надлежащий порядок и дисциплину.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005859A8">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+              </w:rPr>
+              <w:t>Реализует применяемые в образовательные программы в соответствии с учебным планом, собственным поурочным планом и расписанием занятий; использует при этом разнообразные примы, методы и средства обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- ӨТ және ТБ ережелері мен нормаларын, өртке қарсы қорғауды орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t>Обеспечивает уровень подготовки обучающихся, соответствующий требованиям государственного образовательного стандарта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="005859A8" w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t xml:space="preserve">Выполняет правила и нормы ОТ и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ТБ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>противопожарной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> защиты, обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="005859A8" w:rsidRPr="005859A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім алушыларға оқу сабақтарында еңбек қауіпсіздігі туралы нұсқаманы міндетті түрде сынып журналында немесе нұсқаманы тіркеу журналында тіркей отырып жүргізеді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t xml:space="preserve">Оперативно извещает руководство о каждом несчастном случае, принимает меры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle16"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="005859A8" w:rsidRPr="00E2324B" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+              </w:rPr>
+              <w:t>оказанию первой доврачебной помощи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E2324B">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Еңбекті қорғау бойынша ережелердің (нұсқаулықтардың) сақталуын бақылауды жүзеге асырады.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t>Вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса, а также доводит до сведения заведующего кабинетом, руководства обо всех недостатках в обеспечении образовательного процесса, снижающих жизнедеятельность и работоспособность организма обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005859A8">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+              </w:rPr>
+              <w:t>Проводит инструктаж обучающихся но безопасности труда па учебных занятиях с обязательной регистрацией в классном журнале или журнале регистрации инструктажа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организует изучение обучающимися правил по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ведет в установленном порядке классную документацию, осуществляет текущий контроль посещаемости и успеваемости обучающихся по принятой в системе, выставляет оценки в классный журнал и дневник обучающегося, своевременно представляет администрации отчетные данные.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в установленном порядке в итоговой аттестации обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Педагогтың қызметін бақылау және бағалау мақсатында әкімшілік өкілдерін белгіленген тәртіппен сабаққа жібереді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t>Допускает в установленном порядке на занятия представителей администрации в целях контроля и оценки деятельности педагога.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005859A8">
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+              </w:rPr>
+              <w:t>Заменяет на уроках временно отсутствующих учителей по распоряжению заместителя директора по УВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005859A8">
+              </w:rPr>
+              <w:t>Соблюдает устав и Правила внутреннего трудового распорядка, иные локальные правовые акты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003D791E">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+              </w:rPr>
+              <w:t>Соблюдает законные права и свободы обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003D791E">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және аяқталуына 20 минут қалғанда кезекшілік етеді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003D791E">
+              </w:rPr>
+              <w:t xml:space="preserve">Готовится к проведению занятий, систематически повышает свою профессиональную квалификацию, участвует </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
+              </w:rPr>
+              <w:t>деятельности методических  объединений и других формах методической работы, принятых в.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="003D791E">
+              </w:rPr>
+              <w:t>Участвует в работе педагогического совета и совещаниях, проводимых администрацией.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дежурит по в перерывах между занятиями в соответствии с графиком дежурств, а также за 20 минут </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начала </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>течение 20 минут да окончании своих уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Поддерживает постоянную связь с родителями (лицами, их заменяющими) по вопросам успеваемости, посещаемости, дисциплины обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проходит периодические медицинские обследования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает этические нормы поведения в, быту, общественных местах, соответствующие общественному положению учителя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00F72117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            </w:pPr>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="00F8552E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-161724</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D791E">
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- арнаулы орта білім (min): 143947-161724 теңге;</w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="00F8552E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>177766-205080</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>- жоғары білім (min): 177766-205080 теңге</w:t>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00BD71BA" w:rsidRDefault="00BD71BA" w:rsidP="00BD71BA">
+          <w:p w:rsidR="00715E75" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бекітілген Кандидатқа қойылатын біліктілік талаптары</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00BD71BA">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтардың үлгілік біліктілік сипаттамалары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или высшее образование по соответствующей специальности без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующей специальности без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z3161"/>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жоғарыжәне (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) жоғарыоқуорнынанкейінгіпедагогикалықбілімінемесетиістімамандықбойыншажоғарыбілімі, жұмысстажынаталапқойылмайдынемесетиістімамандықбойыншатехникалықжәнекәсіптікбілімі, жұмысстажынаталапқойылмайды;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 6 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z3162"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003D791E">
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003D791E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...52 lines deleted...]
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00423E96" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+              <w:t>   и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3-4 лет, для педагога-эксперта – не менее 4-5 лет, педагога-исследователя не менее 5-6 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00423E96" w:rsidRDefault="00B1578A" w:rsidP="00F72117">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D791E">
-[...127 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00AC40B0" w:rsidP="00AC40B0">
+          <w:p w:rsidR="00AC5290" w:rsidRDefault="001E5635" w:rsidP="00AC5290">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0049113D">
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5290">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
-            <w:r w:rsidR="0049113D">
+            <w:r w:rsidR="00AC5290">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>,10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BD71BA" w:rsidRPr="000F01DC">
+              <w:t>.10.2022 г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00AC5290">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2022</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттардың тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003D791E" w:rsidRDefault="003D791E" w:rsidP="00205B29">
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D791E">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) </w:t>
-[...438 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003D791E">
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">10) 11-қосымшаға сәйкеснысанбойынша бос немесеуақытша бос педагог </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003D791E">
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>лауазымынакандидаттыңтолтырылғанБағалаупарағы.</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD71BA">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="003D791E" w:rsidP="00205B29">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00F54B50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D791E">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбек шартына сәйкес</w:t>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
-[...79 lines deleted...]
-    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
+    <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00463794" w:rsidRPr="004D07D1" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
@@ -4093,51 +4059,50 @@
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -4538,50 +4503,51 @@
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -6579,51 +6545,50 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
@@ -7201,50 +7166,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>от 70 до 80 баллов =</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
@@ -8607,69 +8573,51 @@
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т</w:t>
             </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>рудовая книжка/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>от 1 до 3 лет = 1 балл</w:t>
             </w:r>
@@ -8832,69 +8780,51 @@
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т</w:t>
             </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>рудовая книжка/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">методист = 1 балл </w:t>
             </w:r>
@@ -9588,103 +9518,93 @@
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">дипломы, грамоты победителей олимпиад и конкурсов </w:t>
-[...8 lines deleted...]
-              <w:t>учителя;</w:t>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>научных проектов = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
@@ -9891,51 +9811,50 @@
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10261,51 +10180,60 @@
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>руководство МО = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+              <w:t xml:space="preserve">лидер профессионально-педагогического сообщества = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>преподавание на 2 языках</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10441,50 +10369,51 @@
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -10919,10518 +10848,51 @@
     <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
-[...10466 lines deleted...]
-    <w:sectPr w:rsidR="0044752F" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -22355,138 +11817,135 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00037CB7"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
-    <w:rsid w:val="00090100"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C0094"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E5635"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="002568C8"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
@@ -22521,90 +11980,89 @@
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003D791E"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E1AC0"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
-    <w:rsid w:val="0044752F"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="0049113D"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
@@ -22632,50 +12090,51 @@
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="00623348"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
@@ -22708,392 +12167,386 @@
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="0085309D"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00870A45"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
-    <w:rsid w:val="0093279B"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
-    <w:rsid w:val="00983653"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D4BDD"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB3BA7"/>
     <w:rsid w:val="00AC386E"/>
-    <w:rsid w:val="00AC40B0"/>
     <w:rsid w:val="00AC5290"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
-    <w:rsid w:val="00B348FD"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rsid w:val="00BD71BA"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C12270"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C22D14"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C9339D"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D56D9C"/>
+    <w:rsid w:val="00D57BA1"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC6B11"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
-    <w:rsid w:val="00E01C85"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E2324B"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC0779"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
-    <w:rsid w:val="00F70CED"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -23218,51 +12671,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F70CED"/>
+    <w:rsid w:val="00D56D9C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -23410,426 +12863,50 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...374 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -23839,51 +12916,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -24134,78 +13211,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C332696-6832-42FF-9A98-935294D2A45A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{537EFB61-9AE6-4633-8915-ECCD3F9CD54C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>23191</Characters>
+  <Pages>6</Pages>
+  <Words>2103</Words>
+  <Characters>11988</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>193</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27205</CharactersWithSpaces>
+  <CharactersWithSpaces>14063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>