--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,16298 +1,9986 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="43ABEC91" w14:textId="77777777" w:rsidR="00407673" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="7E9690D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="359F5383" w14:textId="27FED57E" w:rsidR="00D70D9E" w:rsidRPr="00635CEC" w:rsidRDefault="005D1B6E" w:rsidP="00B00AEE">
+    <w:p w14:paraId="713F8502" w14:textId="449F8E85" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A16CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>истори</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и с</w:t>
+      </w:r>
+      <w:r w:rsidR="005A16CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B5B47" w:rsidRPr="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>русским  языком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B5B47" w:rsidRPr="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> орыс </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C53A474" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00E411D3">
+    <w:p w14:paraId="2CDE9623" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00407673" w14:paraId="5B93AF5A" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2A589193" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="69E97649" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="723292A8" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C6BCD39" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19311DFC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0EACE378" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C581634" w14:textId="5B6511C8" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-              <w:t>346</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="4252EAD1" w14:textId="77777777" w:rsidTr="00D23FBB">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2B29BEF1" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4BBAF825" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="22D56F39" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="5ECE8539" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CC6C32">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7118A7BC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="33D9B71F" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E7C2D1" w14:textId="64261848" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00407673" w14:paraId="20C76BA8" w14:textId="77777777" w:rsidTr="00D23FBB">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="4CA40B91" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="02072381" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8EF66B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="66E9BB97" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CC6C32">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36906307" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C33DCA2" w14:textId="1FEC682E" w:rsidR="005A16CD" w:rsidRPr="00635CEC" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635CEC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-              <w:t>лектрондық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:u w:val="single"/>
-[...12 lines deleted...]
-              <w:t> sosh21@goo.edu.kz</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00221A71" w14:paraId="4925264D" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="569143AA" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D79BE76" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5C95E9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="628C71B5" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EFFC7D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB61005" w14:textId="0D91E74F" w:rsidR="005A16CD" w:rsidRPr="00407673" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00221A71" w14:paraId="0052BF06" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="613BA3F8" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="313B2EAA" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDDC546" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="467A0FAA" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE5D336" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...306 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE4B515" w14:textId="32FBF0AD" w:rsidR="005A16CD" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель истории с  русским  языком обучения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7703A0C5" w14:textId="5FE89DC9" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="00FC1891" w:rsidP="00BD4594">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="005A16CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00221A71" w14:paraId="74E6B04B" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="7B2387C1" w14:textId="77777777" w:rsidTr="005A16CD">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0176EE33" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="480E4B6B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6770180B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52574579" w14:textId="7B5B7253" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обуч</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4A9CC3AA" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791106E0" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D41AA00" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="1F277596" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1BFB70" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5589C922" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F60834" w14:textId="241A1BD0" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A5671D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00C356D6" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4271B487" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B0B2E41" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+              <w:t xml:space="preserve"> 177766</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="410F8738" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D6CD77" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="76FA5C6F" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16951D22" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="718B5F17" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACBE8F9" w14:textId="43666633" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB5566C" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C14F65" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="14BDB836" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC34BA9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7DB91305" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3A3D7A" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B555C2A" w14:textId="0AAF5018" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="00FC1891" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21.10</w:t>
+            </w:r>
+            <w:r w:rsidR="005A16CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="005A16CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.11</w:t>
+            </w:r>
+            <w:r w:rsidR="005A16CD" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="5238C72A" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D50BA52" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="401B9B08" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D08B94D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B98CD3" w14:textId="09505451" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...97 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="635C49ED" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668CE9AE" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46ED9738" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CF2579" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDD5C89" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3333DBD9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6785D2C5" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F3BF96" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0909A62D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="03B5F6D5" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...8 lines deleted...]
-          <w:p w14:paraId="510621AF" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00DB4AA9" w:rsidRPr="00B3089F" w14:paraId="54522E56" w14:textId="77777777" w:rsidTr="005A16CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149EC225" w14:textId="6FC876C0" w:rsidR="00DB4AA9" w:rsidRPr="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="73471AE7" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73727B41" w14:textId="77777777" w:rsidR="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="09DFF214" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00AC5698">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="298AD2FE" w14:textId="09EF66E6" w:rsidR="00DB4AA9" w:rsidRPr="00B3089F" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="6F569AF1" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="006E2F9D" w:rsidP="00AC5698">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="404B49D1" w14:textId="77777777" w:rsidR="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности до 25.05.2023г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DCD3409" w14:textId="77777777" w:rsidR="00DB4AA9" w:rsidRPr="00B3089F" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="009862B5" w14:paraId="7904648A" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...2894 lines deleted...]
-      <w:tr w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w14:paraId="2DADBC30" w14:textId="77777777" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="673D86A6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="572E8D4B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="38506D84" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6379D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="46E7300E" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09458699" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2E2B5D4F" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B49411F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="50A75978" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54541C2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3F202C28" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C9C2FD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="504AD305" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C4A392F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="618E5482" w14:textId="77777777" w:rsidR="00CC40E4" w:rsidRPr="00635CEC" w:rsidRDefault="00CC40E4" w:rsidP="00CC40E4">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16806850" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...231 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D194CC8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="2FEF53FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B75A6F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B922E76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720D4692" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4EA3A292" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="025949DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A09613" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3672D895" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AA4B58" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="6EEBA24C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65192CEF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="60BE2A1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DDAEFC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="002351DC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="7A62283E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AEDBF2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29388B7D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002351DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008EAB14" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="794BF334" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002351DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C45D436" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="71BE05F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F7496B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C85761" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002351DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECCDEFB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44932C9C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DEB136E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="002351DC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="5D232606" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2876ADB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002351DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E55330F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...196 lines deleted...]
-    <w:p w14:paraId="7FC7E6F8" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="6BF310C8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32F4B620" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="66D7B78C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FBB12E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="7CA96F77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02C91D76" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="0B2620DE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787BF322" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="50C7A935" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462B5331" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="16B337D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="072368AE" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="7470ED11" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74738192" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="2B43A275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00635CEC" w14:paraId="7F68A918" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="10A2555D" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3EBE3F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="5CBC30F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="18152246" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAEE14C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="7DD0916C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62060696" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C378A80" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C91A75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="5308B8B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7D064BD7" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB19C50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC68680" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6122A361" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E2BA00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="382A6002" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="75987FFF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CB1FEEC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="76735471" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...87 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00635CEC">
-[...18 lines deleted...]
-        <w:t>_______</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638D8789" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="417B682A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3657E980" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="479590E0" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+    <w:p w14:paraId="65A5AFF6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4FE3AFC0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="205C4FC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-        <w:t>___________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDA3270" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="106C5B5C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...78 lines deleted...]
-        <w:t>__________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CDDCCA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="27F98D66" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399BECA7" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="2BB245A4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD29025" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="71267845" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01F0AE3E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="6BE0EB25" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...131 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="095928FD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="2EA9E2DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...11 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8628B0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="46709B23" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...11 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D3A9F2" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="68FC74AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="302B4E14" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="38148DA0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="085F32B5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="078A143C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47290147" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
-[...8 lines deleted...]
-    <w:p w14:paraId="0B22CB20" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="573704DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C23533" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597FD817" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1891E038" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">жылғы </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F539378" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344D353E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____</w:t>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11004C6A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53803D86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...34 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00635CEC" w14:paraId="4B46DB65" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="5D861E17" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50D7454B" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00437A2D" w:rsidP="00B0496E">
+          <w:p w14:paraId="79C50E4D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00635CEC">
-[...15 lines deleted...]
-          <w:p w14:paraId="6D8A30B3" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          </w:p>
+          <w:p w14:paraId="17C28AE6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="697B36CA" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5754D3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="36F1D5A6" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5DF021" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="769E1B37" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D1F4C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="2A870BFC" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A891D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="19E397E5" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEFE89B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70BB53AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="785B9C29" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="7D3D3723" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D82D55E" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00635CEC" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="3079314D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...175 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F405662" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00635CEC" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...96 lines deleted...]
-    <w:p w14:paraId="723EC258" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w14:paraId="34652CEB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2878F3F6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="6DF2B940" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="591E3E8A" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6CB29484" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4333EDDF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A39651F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46E91953" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="777D4E6E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D36C487" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Растайтын</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="522551E6" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7852299E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03138B69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1FD7FC1C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEF8428" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EADD609" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DF8F981" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7388826E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5700BB7B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="407E9567" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC3B3D3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AD6AC98" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18A848AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF88EEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C900CE2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4B44CB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B9B01FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A7B2AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="55374DC0" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5336623D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6863A57C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51D07264" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C15931" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48879819" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E2D51F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D16B82A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA3FC0C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D093B90" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="163EF009" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="078B5254" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E217D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB8625A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA1DDB9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C409E7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55BCBAF5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445D3341" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46840DD1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5312F686" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1988463A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFAE6DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0377137D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A33512B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DBD9F48" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E9483FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42988469" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="701C8184" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10A188D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="200B322A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6890467A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01ECB2A1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="708D8B13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011D47C7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5748AD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E8BF535" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A4AC7D3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E0ADC3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6376EFF3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E01C82" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B2A243" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5407A18E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CDADC9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4490D2C2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02F2350C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E9B54C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40DCF755" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="780956BC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="195168DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63304517" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD771A6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2FD587" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F1F8F49" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C8A4EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="546C2E41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6D206D0F" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45AEAC4C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5914A883" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08919FAE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55A793E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E0E506" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BED932" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="629F079D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F3F193" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E873837" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54848F70" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7FA675" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4821D07D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54481A29" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="68F68A19" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1004D44F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="245197EB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="693DD534" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04292CFF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AAFE4D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08EADA69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C99A81" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35390EB8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="41D91F57" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="551CD871" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4EA84E74" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29D68518" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BCB21A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530954C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28054AA1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E0CC625" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1A7A77" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="162FC72D" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41942D0A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C90A9B4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04CB4CC4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064C9DC0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="444C781C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A8AE34" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="71269599" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41F8CB5C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="009E633D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5751D454" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="794B8B0E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62229D02" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64EE388E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FC8FD5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="1F3DFBF2" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="704609C3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49F16F5B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E49D717" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01CD6FD1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41474BF7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="673A0E8F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="394D6DE6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A7DE43F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AAA40F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="708B3C23" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="288F0706" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="120D31D9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6CA18E60" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27F7298A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50015691" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E62E4CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F04413" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="267037D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1AE9A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35828E80" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6E26CA1C" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CDFFCD4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07F2FF8D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10426FFC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FCECD05" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9C14AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD22536" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11EA65D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68514E5B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1237D8D2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0385A904" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B19ED3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="639DA837" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61247C9F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FCDC1B1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="238C8CA7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FCA4FA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34520182" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4910A747" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EEE1A79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7A58F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B3E0BD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C16071" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="15D75A85" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="324B25AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07F0C2E1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...7720 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A70D63B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C8D7A7F" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="01B865EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AA13C85" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="1A2B0520" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569B80BF" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidSect="00DB5787">
+    <w:p w14:paraId="7F704FCD" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...637 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00201486"/>
+    <w:rsid w:val="005A16CD"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="008C509C"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00DB4AA9"/>
+    <w:rsid w:val="00FC1891"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="72F84698"/>
-  <w15:docId w15:val="{E31C8418-BF8A-40E1-8E07-FBA02AB7B6FE}"/>
+  <w14:docId w14:val="5FE57418"/>
+  <w15:docId w15:val="{BADC1CBB-9DB5-4024-B2CA-B0CD2CA9BC42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16638,244 +10326,119 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00661D74"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16909,84 +10472,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -17122,82 +10687,85 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{836D5658-4F14-4FFA-BC7B-7F6905B5FD6C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44C76A48-7959-43AF-9D2E-8ED9281FB72A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1909</Words>
-  <Characters>10882</Characters>
+  <Words>1768</Words>
+  <Characters>10082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12766</CharactersWithSpaces>
+  <CharactersWithSpaces>11827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>