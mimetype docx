--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,8395 +1,10708 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00F45004" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00FF35DB" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B91E5F">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001E1501">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B91E5F">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>бос лауазымына</w:t>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91E5F">
+      <w:r w:rsidRPr="00FF35DB">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="00BA2E70" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изобразительн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF35DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="003028FF" w:rsidP="003028FF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00004D0A" w:rsidRDefault="00D2717E" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005F36A8" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2022г</w:t>
+      </w:r>
+      <w:r w:rsidR="005F36A8" w:rsidRPr="00004D0A">
+        <w:t xml:space="preserve"> 09:00</w:t>
+      </w:r>
+      <w:r w:rsidR="005F36A8" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>КГКП «</w:t>
       </w:r>
       <w:r>
-        <w:t>Павлодар</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>города Павлодара»  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ак. Сатпаев көшесі</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>241</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>676-300; эл.пош</w:t>
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00555A4B">
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="005B4A9E">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
-      <w:pPr>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бейнелеу өнер мұғалімі</w:t>
+        <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>акант</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына орна</w:t>
-      </w:r>
+        <w:t>ную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ласуға ашық конкурс жариялайды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00CC4101" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изобразительн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00F45004" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...45 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00E44D0A" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 7рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">на Интернет-ресурсе и (или) официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аккаунтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00D3649F" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00194DDD">
-[...6 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эл. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00234522" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00234522" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00234522" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00234522" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00234522" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="009144D3" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="006424F8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">с казахским языком </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>обучения.Реализуеттиповую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00F45004" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...73 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационные требования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      1) "педагог" (санаты жоқ):</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      оқу пәнінің, оқу-тәрбие процесінің, оқыту және бағалау әдістемесінің мазмұнын біледі;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>1) "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлайды және ұйымдастырады,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      білім беру ұйымы деңгейіндегі іс-шараларға қатысады, білім алушылардың қажеттіліктерін ескере отырып, тәрбиелеу мен оқытуда жеке тәсілді жүзеге асырады</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>способствует формированию общей культуры обучающегося и его социализации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      2) "педагог-модератор":</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:t>участвует в мероприятиях на уровне организации образования, реализует индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>2) "педагог-модератор"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оответствует общим требованиям категории "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, становится участником олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>3) "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-модератор"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>владеет навыками анализа организованной учебной деятельности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>реализует конструктивность и наставничество, определяет приоритеты профессионального развития как отдельных, так и коллективных на уровне организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>обобщает опыт на уровне города/региона, становится участниками олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-эксперт"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>владеет навыками разработки инструментария исследования и оценки урока,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>осуществляет Наставничество в педагогическом сообществе на уровне района, города и конструктивно определяет стратегию развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722B94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00722B94" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722B94">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...160 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>наличие участников олимпиад, конкурсов, соревнований на уровне области/ городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...394 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-мастер"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...80 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>иметь авторские программы и быть автором (соавтором) авторских программ или учебников, учебно-методических пособий, одобренных республиканским учебно-методическим советом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00AF0D78" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>обеспечивает развитие навыков научного проектирования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>осуществляет руководство и планирует участие в сети профессиональных объединений на уровне области,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF0D78">
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        </w:rPr>
+        <w:t>является участником республиканских и международных конкурсов и олимпиад или готовит участников республиканских и международных конкурсов, утвержденных уполномоченным областным органом образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D1B">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: осуществляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования и на основе концепции "образование на основе ценностей" с учетом специфики преподаваемого предмета,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и способствует развитию индивидуальных способностей обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Использует новые подходы, эффективные формы, методы и средства обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D1B">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: Конституцию Республики Казахстан, Трудовой кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "о противодействии коррупции", "О языках в Республике Казахстан", государственные общеобязательные стандарты образования и другие нормативные правовые акты, определяющие направления и перспективы развития образования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогика и психология,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>методику преподавания дисциплины, воспитательную работу, средства обучения и их дидактические возможности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>требования к оборудованию учебных кабинетов и вспомогательных помещений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>правила и нормы охраны труда, техники безопасности и противопожарной защиты, санитарные правила и нормы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="001315D5" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F73DDB">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плата </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя изобразительной деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нее-специальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="008F5FA7" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная плата музыкального руководителя:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...522 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="009144D3" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00EF1D1B" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...294 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Ақпаратты</w:t>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность или электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ-175/2020» Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) справка с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НБС) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера( при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) заполненный оценочный лист кандидата на вакантную или временно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FF35DB">
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную должность учителя изобразительной деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00E41C37" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги в случаях выявления недостоверных документов, представленных услугополучателем для получения государственной услуги, и (или) содержащихся в них данных (сведений), необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00194DDD" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FF35DB">
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>үшін</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FF35DB">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>байланыс</w:t>
+        <w:t>676-300</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...100 lines deleted...]
-        <w:r w:rsidRPr="002F0C36">
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="005B4A9E">
           <w:rPr>
             <w:rStyle w:val="a5"/>
-            <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...70 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 11 к Правилам назначения на должности, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первых руководителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ипедагоговгосударственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3871 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="00E837D5" w:rsidP="006F64AE">
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E837D5">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="Группа 14" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAPDUMD8IAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWsCMRC9C/0PYQq9abaCVlejqFXw&#10;ULBV0euwme6ubiZLEt3tv28KBW/zeJ8znbemEndyvrSs4LWXgCDOrC45V3A8bLojED4ga6wsk4If&#10;8jCfPXWmmGrb8Bfd9yEXMYR9igqKEOpUSp8VZND3bE0cuW/rDIYIXS61wyaGm0r2k2QoDZYcGwqs&#10;aVVQdt3fjIL2w55Gy7pqBuOm3L6fL279uXtT6uW5XUxABGrDQ/zv3uo4fwB/v8QD5OwXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAPDUMD8IAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A261D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 9" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1028" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT9xwMEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinUroeRIAXUaPd192P3bffgvt93Dz+/IHBCpqpSj2DDbXmjrFZdXsvkgwaHd+Sx&#10;Cw0xaFm9kRQAydpIl51tqgq7E3SjrSvC3b4IbGtQAi+Dfn849LsYJeALwr6rkUdG7d5krc0rJh0O&#10;2VxrU5eQguUKQBsVCyh3WnCo5ssO8lG/F3bdoyn5Pixow154aOGjCoUD//w0KGyDHFbgR2H/t2Dn&#10;bZwFCw/AQMCqpUiylnWyFQ1tsBCxPeO7RJVS2wQtgFybIUCAICvxD7Fw9mlsvac5QkEznLaBwgja&#10;YFnLLYmxzOwR1kRVjF0u7ItCbthCOpc5KR0c8ujl4jAKtkPmDljVbthhD4B7UxvuUMv1oLRCznPO&#10;XW25sFS6/qDrcqMlz6l1WjZarZYTrtCG2AZ3HysGwI7ClFwL6sAyRuissQ3JeW1DPHe5hVvYpMDe&#10;R9fBn4b+cDaYDaJOFPZmncifTjtX80nU6c2Dfnd6Pp1MpsFnSy2IRllOKROWXTtNgujvurWZa/Uc&#10;2M+TIxVHYufu81Ssd0zD5QK0tL91rtsWrXt6KekdtKuS9XiEcQ5GJtU9RhWMxhjrj2uiGEb8tYDZ&#10;MwyiyM5St4i6/RAW6tCzPPQQkQBUjA2GC27Niann77pU+SqDkwJXViGvYEykue1nN09qVs0Cxp9T&#10;0IxqO18P1y7q8Q9l/AsAAP//AwBQSwMEFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISNxYShhjKk2nCgESRwZIO3qN1xYap2qyrfDr8U5ws/2enr9X&#10;rCbfqwONsQts4XqWgSKug+u4sfD+9nS1BBUTssM+MFn4pgir8vyswNyFI7/SYZ0aJSEcc7TQpjTk&#10;Wse6JY9xFgZi0XZh9JhkHRvtRjxKuO+1ybKF9tixfGhxoIeW6q/13lt4/ujcS6RdxZg+zc9jFae4&#10;qa29vJiqe1CJpvRnhhO+oEMpTNuwZxdVb+FuYW7FasHcSIWTIZsbmbZymWegy0L/r1D+AgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJP3HAwSAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="006F64AE" w:rsidRPr="00097EC8">
-[...9 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00004D0A" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:ind w:hanging="244"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мя,отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...463 lines deleted...]
-        <w:t>кейінгі</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10086" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidTr="006716CC">
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
-[...25 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00097EC8">
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00097EC8">
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>мамандығы</w:t>
+              </w:rPr>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-вобаллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidTr="006716CC">
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="849"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="836"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическаястепень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидатнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="5721"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=6баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=7баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidSect="00EF1D1B">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="4110"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="1366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическойдеятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместительдиректора=3балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дляпедагогов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>первыепоступающих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>хорошо"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="990"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательноеписьмос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предыдущегоместаработ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательногописьма=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> письма = минус 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативноерекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл призерыолимпиадиконкурсов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="990"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:ind w:left="0" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллпризерконкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="2116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторскиеработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>переченьКОКСОН</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="1974"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководствоМО=1балл лидер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподаваниена2языках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">усский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="1974"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00BD1AFC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметнойподготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00751ECE" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ипедагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A261D">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 23" o:spid="_x0000_s1029" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002A261D">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1030" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственныйорган</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A261D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 21" o:spid="_x0000_s1031" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.кандидат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приегоналичии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 20" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическоеместопроживания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дреспрописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="419"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошудопуститьменякконкурсуназанятиевакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временновакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нужное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1035" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименованиеорганизацийобразования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дрес(область,район,город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 24" o:spid="_x0000_s1036" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgGFvrEwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu4jQRiR1st+mCOANH4BorIThDuRHjSdJtu0JCiEpNx5nx5++b8Uwvr3ZFTrZc6UyKkHpd&#10;lxIuIhlnYh3S98tFZ0iJNkzELJeCh/Sea3o1ef7ssirH3JepzGOuCIAIPa7KkKbGlGPH0VHKC6a7&#10;suQCnIlUBTOwVGsnVqwC9CJ3fNftO5VUcalkxLWGt7PaSSeInyQ8Mu+SRHND8pACN4NPhc+VfTqT&#10;SzZeK1amWdTQYP/AomCZgEMPUDNmGNmo7AlUkUVKapmYbiQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOqR9QIlgBNdp/2//cf98/4PfH/uHXVwJOyFRV6jFsuCtvldWqyxsZfdDgcE48&#10;dqEhhqyqNzIGQLYxErOzS1Rhd4JussMi3B+KwHeGRPCy7/VcfwS1isDn+QOskcPG7d5oo80rLhGH&#10;bW+0qUsYg4UFiBsVS4BIihyq+bJDXDIM8NsU/BDktUEvHLJ0SUVG/QvUCqU8BPltECJ5bjDqWbxz&#10;rF4bZrH8Iyxgv275sbSlHO1EwxkswmzDuJilUmqbnSVwa9MDCBBk9f0hFs4+j633NEco6ITzHlCU&#10;QA+sahklM5aZPcKapAoppsK+KOSWLyW6zFnd4JBHby6Oo2D7KavaDTvsAXBpagMPtVyP6irkIstz&#10;LGwuLJWB5w4wN1rmWWydlo1W69U0V2TLbHfjx4oBsJMwJTciRrCUs3je2IZleW1DfI65hSvYpMBe&#10;RmzfzyN3NB/Oh0En8PvzTuDOZp3rxTTo9Bfe4GLWm02nM++LpeYF4zSLYy4su3aUeMHftWoz1Ooh&#10;cBgmJypOxC7w81Ssc0oDcwFa2t86121/1g29kvE99KqS9WyEWQ5GKtUnSiqYiyHVHzdMcUry1wIG&#10;z8gL4OYTg4vgYuDDQh17VsceJiKACqmhcMGtOTX18N2UKluncJKHZRXyGmZEktlmxmFSs2oWMPtQ&#10;QTOn7XA9XmPU47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv&#10;76tWo3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTal&#10;vuQ8Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulm&#10;i2KyqNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoBhb6xMDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABt&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аименованиеорганизации,адрес(область,район,город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ысшееили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименованиеучебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальностьпо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidTr="006716CC">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006716CC">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="006716CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличиеквалификационнойкатегори</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>датаприсвоения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 25" o:spid="_x0000_s1037" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTIPtOEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkcUr9HiWAF1Gj/bf9z/33/gO+P/cOvrwSUkKmq1GM4cFfeKhurLm9k9EGDwjnR&#10;2IUGG7Kq3sgYANnGSMzOLlGFPQlxkx0W4f5QBL4zJILNvu8Nez0gE4HO8wdYI4eN27PRRptXXCIO&#10;295oU5cwBgkLEDdRLKHcSZFDNV92iEuGAb5NwQ9GXmv0wiFLl1RkNBh1z4381giRPLff7Vq8c7Nu&#10;a2ax/CMsYL9u+bG0pRztRMMZJMJsw7iYpVJqm50lcGvTAwhgZOP7gy34PretzzQuFHTCeQ8oSqAH&#10;VnUYJTOWmXVhRVKFFFNhNwq55UuJKnNWN3DyqM3FsRUeP2ZVq+GEdQCXphbQqeV6VFchF1meY2Fz&#10;YakMPHeAudEyz2KrtGy0Wq+muSJbZrsbHxsMgJ2YKbkRMYKlnMXzRjYsy2sZ7HPMLVzBJgX2MmL7&#10;fh65o/lwPgw6gd+fdwJ3NutcL6ZBp7/wBr1ZdzadzrwvlpoXjNMsjrmw7NpR4gV/16rNUKuHwGGY&#10;nERxEuwCn6fBOqc0MBcQS/tb57rtz7qhVzK+h15Vsp6NMMtBSKX6REkFczGk+uOGKU5J/lrA4Bl5&#10;Adx8YnAR9AY+LNSxZnWsYSICqJAaChfcilNTD99NqbJ1Cp48LKuQ1zAjksw2Mw6TmlWzgNmHETRz&#10;2g7X4zVaPf6bTH4DAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDTIPtOEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10703"/>
+          <w:tab w:val="left" w:pos="9981"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10609"/>
+          <w:tab w:val="left" w:pos="9981"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-[...85 lines deleted...]
-    <w:p w:rsidR="006F64AE" w:rsidRPr="00097EC8" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атакжедополнительныесведени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRPr="00B531BC" w:rsidRDefault="002A261D" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 1" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 26" o:spid="_x0000_s1038" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPLW2IEQMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkcUr9PiWAF1Gj/bf9z/33/gO+P/cOvrwSUkKmq1GM4cFfeKhurLm9k9EGDwjnR&#10;2IUGG7Kq3sgYANnGSMzOLlGFPQlxkx0W4f5QBL4zJILNvu8Ne70eJRHoPH+ANXLYuD0bbbR5xSXi&#10;sO2NNnUJY5CwAHETxRLKnRQ5VPNlh7hkGODbFPxg5LVGLxyydElFRoNR99zIb40QyXP73a7FOzfr&#10;tmYWyz/CAvbrlh9LW8rRTjScQSLMNoyLWSqlttlZArc2PYAARja+P9iC73Pb+kzjQkEnnPeAogR6&#10;YFWHUTJjmVkXViRVSDEVdqOQW76UqDJndQMnj9pcHFvh8WNWtRpOWAdwaWoBnVquR3UVcpHlORY2&#10;F5bKwHMHmBst8yy2SstGq/VqmiuyZba78bHBANiJmZIbESNYylk8b2TDsryWwT7H3MIVbFJgLyO2&#10;7+eRO5oP58OgE/j9eSdwZ7PO9WIadPoLb9CbdWfT6cz7Yql5wTjN4pgLy64dJV7wd63aDLV6CByG&#10;yUkUJ8Eu8HkarHNKA3MBsbS/da7b/qwbeiXje+hVJevZCLMchFSqT5RUMBdDqj9umOKU5K8FDJ6R&#10;F8DNJwYXQW/gw0Ida1bHGiYigAqpoXDBrTg19fDdlCpbp+DJw7IKeQ0zIslsM+MwqVk1C5h9GEEz&#10;p+1wPV6j1eO/yeQ3AAAA//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfF&#10;dra9uNDoO8caHlYKBHHtTMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS&#10;+roli37lBuLofbvRYohybKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3&#10;vda3N/PTI4hAc/h7hgU/okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEATy1tiBEDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidR="005F36A8" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...84 lines deleted...]
-      <w:cols w:space="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F36A8" w:rsidRDefault="005F36A8" w:rsidP="005F36A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB13A3" w:rsidRDefault="00CB13A3"/>
+    <w:sectPr w:rsidR="00CB13A3" w:rsidSect="00EF1D1B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006F64AE"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F66E15"/>
+    <w:rsidRoot w:val="005F36A8"/>
+    <w:rsid w:val="0009445A"/>
+    <w:rsid w:val="000B67DD"/>
+    <w:rsid w:val="001C374E"/>
+    <w:rsid w:val="002A261D"/>
+    <w:rsid w:val="003028FF"/>
+    <w:rsid w:val="00376379"/>
+    <w:rsid w:val="005B6785"/>
+    <w:rsid w:val="005C5ACA"/>
+    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="008E7E38"/>
+    <w:rsid w:val="0091151B"/>
+    <w:rsid w:val="009C363C"/>
+    <w:rsid w:val="00B00A50"/>
+    <w:rsid w:val="00B45EA7"/>
+    <w:rsid w:val="00B74145"/>
+    <w:rsid w:val="00B829B4"/>
+    <w:rsid w:val="00CB13A3"/>
+    <w:rsid w:val="00D2717E"/>
+    <w:rsid w:val="00E76820"/>
+    <w:rsid w:val="00F33865"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="11266"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8532,166 +10845,166 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E206D5"/>
+    <w:rsid w:val="00F33865"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="005F36A8"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8938,54 +11251,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2409</Words>
-  <Characters>13733</Characters>
+  <Words>2277</Words>
+  <Characters>12981</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16110</CharactersWithSpaces>
+  <CharactersWithSpaces>15228</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>