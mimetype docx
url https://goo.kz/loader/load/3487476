--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,714 +1,932 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006D17E6" w:rsidRDefault="00E83210" w:rsidP="006D17E6">
+    <w:p w:rsidR="000E0C9F" w:rsidRDefault="004669FB" w:rsidP="008E3553">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C41F73">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> бойынша </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17149" w:rsidRPr="00E83210" w:rsidRDefault="006D17E6" w:rsidP="006D17E6">
+    <w:p w:rsidR="00290BF8" w:rsidRDefault="000E0C9F" w:rsidP="000E0C9F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына</w:t>
-[...19 lines deleted...]
-        <w:t>тағайындау конкурсының нәтижесі</w:t>
+        <w:t xml:space="preserve">на занятие вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E0C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русского</w:t>
+      </w:r>
+      <w:r w:rsidR="00290BF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E83210" w:rsidRDefault="00E83210">
+    <w:p w:rsidR="004669FB" w:rsidRPr="00E83210" w:rsidRDefault="000E0C9F" w:rsidP="000E0C9F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по КГУ «Кенжекольская средняя общеобразовательная школа города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004669FB" w:rsidRDefault="004669FB" w:rsidP="004669FB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="565"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1563"/>
+        <w:gridCol w:w="552"/>
+        <w:gridCol w:w="2459"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="1548"/>
+        <w:gridCol w:w="1583"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidTr="006F6766">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004669FB" w:rsidRPr="00416B4C" w:rsidTr="00290BF8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="565" w:type="dxa"/>
+            <w:tcW w:w="552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidRDefault="00416B4C">
+          <w:p w:rsidR="004669FB" w:rsidRPr="004669FB" w:rsidRDefault="004669FB" w:rsidP="00787BF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416B4C">
+            <w:r w:rsidRPr="004669FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcW w:w="2459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidRDefault="00416B4C">
+          <w:p w:rsidR="004669FB" w:rsidRPr="004669FB" w:rsidRDefault="004669FB" w:rsidP="00787BF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416B4C">
+            <w:r w:rsidRPr="004669FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>ТАЖ</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidRDefault="00416B4C">
+          <w:p w:rsidR="004669FB" w:rsidRPr="004669FB" w:rsidRDefault="004669FB" w:rsidP="00787BF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416B4C">
+            <w:r w:rsidRPr="004669FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Білімі </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidRDefault="00416B4C">
+          <w:p w:rsidR="004669FB" w:rsidRPr="004669FB" w:rsidRDefault="004669FB" w:rsidP="00787BF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416B4C">
+            <w:r w:rsidRPr="004669FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Лауазымы</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcW w:w="1548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidRDefault="00416B4C">
+          <w:p w:rsidR="004669FB" w:rsidRPr="004669FB" w:rsidRDefault="004669FB" w:rsidP="00787BF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416B4C">
+            <w:r w:rsidRPr="004669FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Нәтиже</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00416B4C" w:rsidRPr="00416B4C" w:rsidRDefault="00416B4C">
+          <w:p w:rsidR="004669FB" w:rsidRPr="004669FB" w:rsidRDefault="004669FB" w:rsidP="00787BF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416B4C">
+            <w:r w:rsidRPr="004669FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Ескертпе</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009025F6" w:rsidRPr="00416B4C" w:rsidTr="006F6766">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008E3553" w:rsidRPr="00416B4C" w:rsidTr="00290BF8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="565" w:type="dxa"/>
+            <w:tcW w:w="552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009025F6" w:rsidRPr="00416B4C" w:rsidRDefault="009025F6">
+          <w:p w:rsidR="008E3553" w:rsidRPr="008E3553" w:rsidRDefault="008E3553" w:rsidP="008E3553">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E3553" w:rsidRDefault="004A7291" w:rsidP="008E3553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>1</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жумалинова Махаббат Мейрамовна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009025F6" w:rsidRPr="004669FB" w:rsidRDefault="006F6766" w:rsidP="00A343BC">
+          <w:p w:rsidR="008E3553" w:rsidRDefault="008E3553" w:rsidP="008E3553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жумали</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">ова Махаббат Мейрамовна </w:t>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1577" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009025F6" w:rsidRPr="00C41F73" w:rsidRDefault="009025F6">
+          <w:p w:rsidR="008E3553" w:rsidRPr="004669FB" w:rsidRDefault="008E3553" w:rsidP="004A7291">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41F73">
-[...6 lines deleted...]
-              <w:t>жоғары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="004A7291">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русского</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="1548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009025F6" w:rsidRPr="00C41F73" w:rsidRDefault="009025F6" w:rsidP="006F6766">
+          <w:p w:rsidR="008E3553" w:rsidRPr="004669FB" w:rsidRDefault="008E3553" w:rsidP="008E3553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Қазақ </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C41F73">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> тілінде оқытатын </w:t>
+            <w:r w:rsidRPr="004669FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>онкурс</w:t>
             </w:r>
-            <w:r w:rsidR="006F6766">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> мұғалімі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  прошла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009025F6" w:rsidRPr="00416B4C" w:rsidRDefault="009025F6">
+          <w:p w:rsidR="008E3553" w:rsidRPr="004669FB" w:rsidRDefault="008E3553" w:rsidP="008E3553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0077146B" w:rsidRDefault="0077146B">
+    <w:p w:rsidR="004669FB" w:rsidRDefault="004669FB" w:rsidP="004669FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00416B4C" w:rsidRDefault="0077146B" w:rsidP="0077146B">
+    <w:p w:rsidR="004669FB" w:rsidRDefault="004669FB" w:rsidP="004669FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="004669FB" w:rsidRDefault="004A7291" w:rsidP="004669FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2655"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="004669FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0077146B" w:rsidRPr="0077146B" w:rsidRDefault="0077146B" w:rsidP="0077146B">
+    <w:p w:rsidR="004669FB" w:rsidRPr="0077146B" w:rsidRDefault="004669FB" w:rsidP="004669FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2655"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Секретарь конкурсной комиссии</w:t>
+      </w:r>
       <w:r w:rsidRPr="0077146B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурстық комиссияның хатшысы                    </w:t>
-[...9 lines deleted...]
-        <w:t>А.Т. Тутенова</w:t>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="004A7291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тутенова А.Т.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077146B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0077146B" w:rsidRPr="0077146B" w:rsidRDefault="0077146B" w:rsidP="0077146B">
+    <w:p w:rsidR="004669FB" w:rsidRPr="0077146B" w:rsidRDefault="004A7291" w:rsidP="004669FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2655"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0077146B">
-[...9 lines deleted...]
-      <w:r w:rsidR="009025F6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="004669FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F6766">
-[...29 lines deleted...]
-        <w:t>қазан</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>октября</w:t>
+      </w:r>
+      <w:r w:rsidR="004669FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0077146B" w:rsidRPr="0077146B" w:rsidSect="00F67CBD">
+    <w:p w:rsidR="006512E1" w:rsidRDefault="006512E1"/>
+    <w:sectPr w:rsidR="006512E1" w:rsidSect="00D411D4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="73E868CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A16081F8"/>
+    <w:lvl w:ilvl="0" w:tplc="A2285452">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="7EFE218D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98823F52"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="124"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006D527B"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F67CBD"/>
+    <w:rsidRoot w:val="00B9635B"/>
+    <w:rsid w:val="000E0C9F"/>
+    <w:rsid w:val="00290BF8"/>
+    <w:rsid w:val="002B27A7"/>
+    <w:rsid w:val="00375A17"/>
+    <w:rsid w:val="004669FB"/>
+    <w:rsid w:val="004A7291"/>
+    <w:rsid w:val="006512E1"/>
+    <w:rsid w:val="008D4469"/>
+    <w:rsid w:val="008E3553"/>
+    <w:rsid w:val="00B9635B"/>
+    <w:rsid w:val="00D411D4"/>
+    <w:rsid w:val="00EA5340"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -833,149 +1051,130 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F67CBD"/>
+    <w:rsid w:val="004669FB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00416B4C"/>
+    <w:rsid w:val="004669FB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C41F73"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00290BF8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...16 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1189,77 +1388,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>52</Words>
-  <Characters>299</Characters>
+  <Words>55</Words>
+  <Characters>320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>350</CharactersWithSpaces>
+  <CharactersWithSpaces>374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>