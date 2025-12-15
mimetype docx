--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e53be8c" w14:textId="e53be8c">
+    <w:p w14:paraId="0ab1566" w14:textId="0ab1566">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,439 +77,428 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім алушылардың білім жетістіктеріне мониторинг жүргізу қағидаларын бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении Правил проведения мониторинга образовательных достижений обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 5 мая 2021 года № 204. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 мая 2021 года № 22711.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании", ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Білім алушылардың білім жетістіктеріне мониторинг жүргізу қағидалары бекітілсін.</w:t>
+      1. Утвердить Правила проведения мониторинга образовательных достижений обучающихся согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
+      2. Признать утратившими силу некоторые приказы Министерства образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      3. Білім және ғылым саласында сапаны қамтамасыз ету комитеті заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитету по обеспечению качества в сфере образования и науки в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      2) осы бұйрық ресми жарияланғаннан кейін оның Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау Білім және ғылым саласында сапаны қамтамасыз ету комитетінің төрағасына жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на председателя Комитета по обеспечению качества в сфере образования и науки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t>Министр образования и науки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -523,312 +512,312 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...260 lines deleted...]
-      Мәдениет және спорт министрлігі</w:t>
+      <w:bookmarkStart w:name="z14" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство культуры и спорта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z16" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство сельского хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z18" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство финансов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -864,1178 +853,1205 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 5 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 204 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 5 мая 2021 года № 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім алушылардың білім жетістіктеріне мониторинг жүргізу қағидалары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+        <w:t xml:space="preserve"> Правила проведения мониторинга образовательных достижений обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Білім алушылардың білім жетістіктеріне мониторинг жүргізу </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+      1. Настоящие Правила проведения мониторинга образовательных достижений обучающихся (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок проведения мониторинга образовательных достижений обучающихся на уровне начального, основного среднего образования, технического и профессионального, послесреднего образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Білім алушылардың білім жетістіктерінің мониторингі (бұдан әрі – ББЖМ) білім беру ұйымдарынан тәуелсіз Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+      2. Мониторинг образовательных достижений обучающихся (далее –МОДО) является независимым от организаций образования систематическим наблюдением за качеством обучения на соответствие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственному общеобязательному стандарту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующего уровня образования, утвержденного приказом Министра образования и науки Республики Казахстан от 31 октября 2018 года № 604 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 17769) (далее – ГОСО). МОДО включает в себя подготовку и проведение, обработку и системный анализ результатов тестирования с последующим оказанием методической помощи и выработкой рекомендаций по обеспечению качества образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Бастауыш, негізгі орта білім беру ұйымдарында ББЖМ МЖБС талаптарына сәйкес білім алушылардың білім сапасын бағалау мақсатында жүргізіледі. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+      3. В организациях начального, основного среднего образования МОДО проводится в целях оценки качества знаний обучающихся в соответствии требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ГОСО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында ББЖМ МЖБС талаптарына сәйкес жалпы білім беретін пәндерді және (немесе) кәсіптік модульдерді немесе жалпы кәсіптік, арнайы пәндерді меңгеру нәтижелерін анықтау мақсатында жүзеге асырылады. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+      4. В организациях технического и профессионального, послесреднего образования МОДО осуществляется в целях определения результатов освоения общеобразовательных дисциплин и (или) профессиональных модулей или общепрофессиональных, специальных дисциплин в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ГОСО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Правила распространяются на организации среднего (начального, основного среднего), технического и профессионального, послесреднего образования независимо от формы собственности, ведомственной подчиненности, вида.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Білім алушылардың білім жетістіктеріне мониторинг жүргізу тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения мониторинга образовательных достижений обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Бастауыш және негізгі орта білім беру ұйымдарында ББЖМ Заңның 55-бабының </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+      6. В организациях начального и основного среднего образования МОДО проводится среди обучающихся 4 и 9 классов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 55 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. МОДО в 4 классах проводится в форме комплексного тестирования с применением информационно-коммуникационных технологий (далее – ИКТ) на языке обучения по трем направлениям (грамотность чтения, математическая грамотность, естественнонаучная грамотность).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. МОДО в 9 классах проводится в форме комплексного тестирования с применением ИКТ на языке обучения по двум направлениям (математическая грамотность, естественнонаучная грамотность), на трех языках (русском, казахском и английском) по одному направлению (грамотность чтения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында ББЖМ Заңның 55-бабының </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+      9. В организациях технического и профессионального, послесреднего образования МОДО проводится среди обучающихся второго курса по общеобразовательным дисциплинам и (или) третьего курса по профессиональным модулям или общепрофессиональным, специальным дисциплинам в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 55 Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. МОДО в организациях технического и профессионального, послесреднего образования проводится в форме комплексного тестирования с применением ИКТ на языке обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Тестілеу жыл сайын сәуір айында тестіленушілер оқитын орта білім беру ұйымдарының базасында және қараша айында техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының базасында өткізіледі. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+      11. Тестирование проводится ежегодно в апреле на базе организаций среднего образования и в ноябре на базе технического и профессионального, послесреднего образования, в которых обучаются тестируемые. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В МОДО принимают участие обучающиеся, указанные в пунктах 6 и 9 настоящих Правил, кроме обучающихся на дому (по состоянию здоровья) или в оздоровительных учреждениях санаторного типа для детей, нуждающихся в длительном лечении, а также лиц, отсутствующих на момент тестирования по объективным причинам (по состоянию здоровья, в случае смерти близких родственников, в связи с участием в соревнованиях и олимпиадах).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13.Уполномоченный орган в области образования (далее – уполномоченный орган) обеспечивает информирование участников и общественности о работе по подготовке и проведению мероприятия за один месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. ББЖМ-ға үйде (денсаулық жағдайы бойынша) немесе ұзақ уақыт емдеуді қажет ететін балаларға арналған санаторийлік үлгідегі сауықтыру мекемелерінде білім алушылардан, сондай-ақ тестілеу кезінде объективті себептермен (денсаулық жағдайы бойынша, жақын туыстары қайтыс болған жағдайда, жарыстар мен олимпиадаларға қатысуына байланысты) қатыспаған адамдардан басқа осы Қағидалардың </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+      14. Перечень организаций среднего (начального, основного среднего образования), технического и профессионального, послесреднего образования, в которых проводится МОДО, ежегодно определяется уполномоченным органом в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 55 Закона. Отбор организаций образования осуществляется по следующим параметрам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. ББЖМ жүргізілетін орта (бастауыш, негізгі орта), техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының тізбесін жыл сайын Заңның 55-бабының </w:t>
-[...112 lines deleted...]
-    </w:p>
+      – территориальная принадлежность (город, село); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – вид общеобразовательного учреждения (общеобразовательная школа, лицей, гимназия, школа-гимназия, школа-лицей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – контингент обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жыл сайын бұл саннан өткен оқу жылдары ББЖМ-ға қатысқан білім беру ұйымдары алынып тасталады. </w:t>
-[...1 lines deleted...]
-    </w:p>
+      – язык обучения (казахский/ русский); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – процент участия организаций образования (25%).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ежегодно из этого числа организаций образования исключаются организации, принимавшие участие в МОДО в предыдущие учебные годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор организаций образования осуществляется в результате загрузки сформированного рабочего списка в программное обеспечение для их случайной выборки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В случаях ограничительных мероприятий, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории – уполномоченный орган принимает решение об отмене МОДО на основании решения Министерства здравоохранения Республики Казахстан и Министерства чрезвычайных ситуаций Республики Казахстан или представления управлений образования областей и городов Нур-Султан, Алматы, Шымкент.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Білім беру ұйымдарын іріктеу оларды кездейсоқ іріктеу үшін бағдарламалық қамтамасыз етуге қалыптастырылған жұмыс тізімін жүктеу нәтижесінде жүзеге асырылады. </w:t>
-[...193 lines deleted...]
-    </w:p>
+      16. Количество, содержание и форма тестовых заданий, а также количество часов, отводимых на тестирование, определяются спецификацией теста в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ГОСО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Спецификация теста разрабатывается Республиканским государственным казенным предприятием "Национальный центр тестирования" (далее – НЦТ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Для организации и проведения МОДО в организациях образования уполномоченный орган утверждает список уполномоченных представителей Министерства образования и науки РК, в который входят представители (ответственные) областных, районных органов управления образованием, представители территориальных департаментов по обеспечению качества в сфере образования Комитета по обеспечению качества в сфере образования и науки (далее – уполномоченные представители Министерства).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Контроль над соблюдением Правил проведения МОДО в организациях образования осуществляют уполномоченные представители Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. До начала проведения тестирования уполномоченный представитель Министерства проверяет готовность компьютерных аудиторий и осуществляет идентификацию тестируемых лиц по посадочным листам с индивидуальным кодом тестируемого согласно списку обучающихся, предоставленному организацией образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед началом тестирования тестируемому предоставляются ссылка и параметры авторизации на веб-приложении (логин и пароль).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный представитель Министерства проводит разъяснительную работу с обучающимися по порядку проведения МОДО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. При проведении тестирования обучающимся запрещается разговаривать, пользоваться информацией на бумажных, электронных и иных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тестіленуші осы Қағидаларды бұзған жағдайда Министрліктің уәкілетті өкілі тестіленушіні аудиториядан шығару туралы шешім қабылдап, осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+      Во время прохождения тестирования не разрешается использовать калькулятор, справочную литературу (кроме таблицы Менделеева и таблицы растворимости солей), электронные записные книжки и принимающие- передающие электронные устройства (в том числе мобильные телефоны и иное электронное оборудование). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Бөгде адам анықталған жағдайда Министрліктің уәкілетті өкілі осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+      В случае нарушения тестируемым настоящих Правил, уполномоченный представитель Министерства принимает решение об удалении тестируемого из аудитории, составляет акт выявления запрещенных предметов и удаления из аудитории тестируемого согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, результаты данного тестируемого аннулируются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. Тестілеу уақытында аудиторияға Министрліктің уәкілетті өкілі мен ұйым басшысы ғана кіреді. </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+      21. В случае выявления подставного лица уполномоченным представителем Министерства составляется акт выявления подставного лица в ходе запуска или проведения тестирования согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Во время тестирования в аудиторию входят только уполномоченный представитель Министерства и руководитель организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. При проведении тестирования обучающимся запрещается выходить из аудитории без разрешения уполномоченного представителя Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Результаты обучающихся отображаются на экране компьютера по завершении тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. После проведения МОДО для выявления уровня удовлетворенности образовательными услугами проводится анонимное анкетирование среди тестируемых и педагогов организаций среднего образования, технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Программное и техническое обеспечение процедур тестирования, статистическую обработку результатов МОДО осуществляет НЦТ в сроки, установленные уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Результаты МОДО доводятся до сведения организаций образования в течение трех рабочих дней после дня его окончания и не имеют правовых последствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Информация о результатах МОДО размещается на интернет-ресурсе уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. ББЖМ нәтижелері білім беру ұйымдарының назарына ол аяқталған күннен кейін үш жұмыс күні ішінде жеткізіледі және құқықтық салдары болмайды. </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+      29. По результатам МОДО уполномоченный орган направляет организациям образования в течение трех месяцев после дня его окончания, комплексный анализ результатов МОДО, методические рекомендации, подготовленные Республиканским государственным предприятием на праве хозяйственного ведения "Национальная академия образования имени И. Алтынсарина". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Уполномоченный орган формирует аналитический отчет, отражающий оценку текущей ситуации в сфере образования для его использования организациями, проводящими рейтинговые исследования, и включения в Национальный доклад о состоянии и развитии системы образования в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2069,678 +2085,602 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарында</w:t>
+              <w:t xml:space="preserve">к Правилам проведения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім алушылардың білім </w:t>
+              <w:t xml:space="preserve">мониторинга образовательных </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жетістіктеріне мониторинг </w:t>
+              <w:t>достижений обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүргізу қағидаларына</w:t>
+              <w:t xml:space="preserve"> в организациях образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тыйым салынған заттардың тәркіленуі және тестіленушіні аудиториядан шығару туралы Акт</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+        <w:t xml:space="preserve"> Акт выявления запрещенных предметов и удаления из аудитории тестируемого</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация образования_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       код наименование "_____" ______________20____год _____часов____________минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Представитель Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       У тестируемого: Ф.И.О (при его наличии)____________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ИКТ________________ из аудитории №______, место № _______, вариант</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       №_____________ во время тестирования обнаружили</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование (марка, количество) обнаруженного предмета) что является</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       нарушением пункта 20 Правил проведения мониторинга образовательных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       достижений обучающихся. Учитывая данный факт, постановили:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       -изъять материал тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       -удалить из аудитории №______ и аннулировать результаты тестирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ф.И.О (при его наличии)_____________________, ИКТ__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       подписи и Ф.И.О (при его наличии) лиц, составивших настоящий акт</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       С актом ознакомлены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись и Ф.И.О (при его наличии) тестируемого)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись и Ф.И.О уполномоченного представителя Министерства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Білім беру </w:t>
-[...490 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1778000" cy="1752600"/>
+            <wp:extent cx="1549400" cy="1384300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1778000" cy="1752600"/>
+                      <a:ext cx="1549400" cy="1384300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2807,624 +2747,619 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарында</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім алушылардың білім </w:t>
+              <w:t>мониторинга образовательных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жетістіктеріне мониторинг </w:t>
+              <w:t>достижений обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүргізу қағидаларына</w:t>
+              <w:t xml:space="preserve"> в организациях образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тестілеуге кіргізу/тестілеу барысында бөгде тұлғаның анықталуы туралы акт</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+        <w:t xml:space="preserve"> Акт выявления подставного лица в ходе запуска или проведения тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z71" w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация образования___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               код наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата "______" _______________20____г. Время ______ ч. ________ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уполномоченный представитель Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Выявлен факт попытки входа в здание организации образования для сдачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       тестирования вместо тестируемого ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (Ф.И.О. (при его наличии) и ИКТ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       гражданина________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Учитывая данный факт, постановили:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тестируемого__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в здание организации образования для сдачи тестирования не допускать/изъять</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       экзаменационный материал и удалить из аудитории №______ с аннулированием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       результатов тестирования Ф.И.О (при его наличии) _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ИКТ ____________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       С актом ознакомлены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (подпись и Ф.И.О (при его наличии) тестируемого/подставного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (подпись и Ф.И.О (уполномоченного представителя Министерства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Білім беру ұйымы ______________________________________________________ </w:t>
-[...436 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1778000" cy="1752600"/>
+            <wp:extent cx="1549400" cy="1384300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1778000" cy="1752600"/>
+                      <a:ext cx="1549400" cy="1384300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3491,340 +3426,327 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 5 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 204 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 5 мая 2021 года № 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+        <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Оқу жетістіктеріне сырттай бағалау жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 94 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 28 января 2016 года № 94 "Об утверждении Правил проведения внешней оценки учебных достижений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13287, опубликован 17 марта 2016 года в информационно-правовой системе "Әділет").</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Оқу жетістіктеріне сырттай бағалау жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 94 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2017 жылғы 10 наурыздағы № 109 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 10 марта 2017 года № 109 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 28 января 2016 года № 94 "Об утверждении Правил проведения внешней оценки учебных достижений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14994, опубликован 20 апреля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Оқу жетістіктеріне сырттай бағалау жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 94 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 28 қыркүйектегі № 517 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 28 сентября 2018 года № 517 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 28 января 2016 года № 94 "Об утверждении Правил проведения внешней оценки учебных достижений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17511, опубликован 18 октября 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. "Оқу жетістіктеріне сырттай бағалау жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 94 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2020 жылғы 29 қаңтардағы № 42 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
+      4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 29 января 2020 года № 42 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 28 января 2016 года № 94 "Об утверждении Правил проведения внешней оценки учебных достижений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19986, опубликован 6 февраля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4150,31 +4072,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>