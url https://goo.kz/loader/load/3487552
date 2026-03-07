--- v0 (2025-12-13)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85098c6" w14:textId="85098c6">
+    <w:p w14:paraId="52aadb5" w14:textId="52aadb5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,404 +76,388 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ерекше білім беру қажеттіліктерін бағалау қағидаларын бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении Правил оценки особых образовательных потребностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 января 2022 года № 4. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 января 2022 года № 26618.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" Қазақстан Республикасының Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 11-4) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11-4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы бұйрыққа қоса берілген </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Ерекше білім беру қажеттіліктерін бағалау қағидалары бекітілсін.</w:t>
+      1. Утвердить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценки особых образовательных потребностей согласно приложению к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...46 lines deleted...]
-</w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Білім және ғылым министрі </w:t>
+              <w:t>Министр образования и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">науки Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -558,1341 +542,1223 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...94 lines deleted...]
-              <w:t>бұйрығына қосымша</w:t>
+              <w:t>от 12 января 2022 года № 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ерекше білім беру қажеттіліктерін бағалау қағидалары 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Правила оценки особых образовательных потребностей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Ерекше білім беру қажеттіліктерді бағалаудың осы қағидалары (бұдан әрі – Қағидалар) "Білім туралы" Қазақстан Республикасының Заңы </w:t>
-[...39 lines deleted...]
-      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      1. Настоящие Правила оценки особых образовательных потребностей (далее – Правила) разработаны в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11-4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" и определяет порядок оценки особых образовательных потребностей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      1) білім алу үшін арнаулы жағдайлар – ерекше білім беруді қажет ететін адамдардың (балалардың), сондай-ақ мүмкіндігі шектеулі балалардың оларсыз білім беру бағдарламаларын меңгеруі мүмкін болмайтын, оқу, сондай-ақ арнаулы, жеке дамыту мен түзеу-дамыту бағдарламаларын және оқыту әдістерін, техникалық, оқу және өзге де құралдарды, тыныс-тіршілік ортасын, психологиялық-педагогикалық қолдап отыруды, медициналық, әлеуметтік және өзге де көрсетілетін қызметтерді қамтитын жағдайлар;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2) ерекше білім беруді қажет ететін адамдар (балалар) – тиісті деңгейде білім алу және қосымша білім алу үшін арнаулы жағдайларға тұрақты немесе уақытша қажеттілік көріп жүрген адамдар (балалар);</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) специальные условия для получения образования – условия, включающие учебные, а также специальные, индивидуально-развивающие и коррекционно-развивающие программы и методы обучения, технические, учебные и иные средства, среду жизнедеятельности, психолого-педагогическое сопровождение, медицинские, социальные и иные услуги, без которых невозможно освоение образовательных программ лицами (детьми) с особыми образовательными потребностями, а также детьми с ограниченными возможностями";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      3) ерекше білім беру қажеттіліктерін бағалау – білім алу үшін қажетті арнаулы жағдайларды айқындау;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лица (дети) с особыми образовательными потребностями – лица (дети), которые испытывают постоянные или временные потребности в специальных условиях для получения образования соответствующего уровня и дополнительного образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      4) мүмкіндігі шектеулі бала (балалар) – белгiленген тәртiппен расталған, туа бiткен, тұқым қуалаған, жүре пайда болған аурулардан немесе жарақаттардың салдарынан тiршiлiк етуi шектелген, дене және (немесе) психикалық кемiстiгi бар он сегiз жасқа дейiнгi бала (балалар).</w:t>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценка особых образовательных потребностей – определение необходимых специальных условий для получения образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ребенок (дети) с ограниченными возможностями – ребенок (дети) до восемнадцати лет с физическими и (или) психическими недостатками, имеющий ограничение жизнедеятельности, обусловленное врожденными, наследственными, приобретенными заболеваниями или последствиями травм, подтвержденными в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Ерекше білім беру қажеттіліктерді бағалаудың тәртібі</w:t>
-[...19 lines deleted...]
-      3. Адамдардың (балалардың) ерекше білім берілуіне қажеттіліктерін бағалау мектепке дейінгі ұйымдарда және орта білім беру ұйымдарында және психологиялық-медициналық-педагогикалық консультацияларда (бұдан әрі – ПМПК) жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок оценки особых образовательных потребностей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      4. Білім беру ұйымдарындағы ерекше білім беру қажеттіліктерін бағалау тәртібі келесіні қамтиды:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Оценка особых образовательных потребностей у лиц (детей) осуществляется в дошкольных организациях и организациях среднего образования и психолого-медико-педагогических консультациях (далее – ПМПК).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      1) мұғалімнің (тәрбиешінің) әрбір білім алушының (тәрбиеленушінің) әлеуметтік-эмоционалдық әл-ауқатын және оқу-танымдық іс-әрекетінің ерекшеліктерін бақылауды, сондай-ақ білім алушылардың жетістіктерін критериалды бағалауды пайдалана отырып, оқу-тәрбие процесі барысында ерекше білім беруді қажет ететін балалардың анықтауын;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок оценки особых образовательных потребностей в организациях образования включает следующее:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      2) психологиялық-педагогикалық қолдау мамандардың ата-аналарының (заңды өкілдерінің) келісімімен оқыту қиындықтары бар балалардың ерекше білім берілуіне қажеттіліктерін тереңдете зерделеуін және бағалауын;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявление учителем (воспитателем) в ходе учебно-воспитательного процесса лиц (детей) с особыми образовательными потребностями, с использованием наблюдения социально-эмоционального благополучия и особенностей учебно-познавательной деятельности каждого обучающегося (воспитанника), а также критериальной оценки достижений обучающихся (воспитанников);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      3) білім беру ұйымының психологиялық-педагогикалық қолдау мамандардың тереңдетілген тексеру нәтижелері бойынша оқыту қиындықтары бар балаларға ПМПК-ға ерекше білім беру қажеттіліктерін одан әрі бағалауын;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) углубленное обследование и оценка особых образовательных потребностей детей с трудностями обучения специалистами психолого-педагогического сопровождения с согласия родителей (законных представителей);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      4) психологиялық-педагогикалық түзеу кабинеттерінде және оңалту орталықтарында балалардың ерекше білім беру қажеттіліктерін пәнаралық ұжымдық бағалауды.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценку особых образовательных потребностей в ПМПК специалистами психолого-педагогического сопровождения организации образования по результатам углубленного обследования детей с выраженными трудностями обучения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      5. ПМПК-да ерекше білім беру қажеттіліктерін бағалау тәртібі келесіні қамтиды:</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) междисциплинарную командную оценку особых образовательных потребностей детей в кабинетах психолого-педагогической коррекции и реабилитационных центрах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      1) ПМПК ата-аналардың (заңды өкілдердің) бастамасы бойынша, білім беру ұйымдарының ұсынымы бойынша балалардың ерекше білім берілуіне қажеттіліктерін бағалауды. ПМПК терең зерттеу және арнайы білім беру қажеттіліктерін бағалау негізінде қызметтердің көлемін, түрлерін анықтайды.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Порядок оценки особых образовательных потребностей в ПМПК включает следующее:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      2) ата-аналардың (заңды өкілдердің) бастамасы бойынша немесе ерекше білім беру қажеттіліктерін қайта бағалау қажеттілігі туралы психологиялық-педагогикалық қолдау қызметінің шешімі негізінде білім беру ұйымдарының сұранысы бойынша ПМПК-дағы ерекше білім беру қажеттіліктерін қайта бағалауды.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оценку особых образовательных потребностей у детей по инициативе родителей (законных представителей), по рекомендации организаций образования в ПМПК. ПМПК на основе углубленного обследования и оценки особых образовательных потребностей определяет объем, виды услуг.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      6. Ерекше білім беруге қажеттіліктерді бағалау тәртібі ерекше білім беруге қажеттіліктері бар балалардың екі тобын айқындайтын оқу қиындықтарының себептеріне байланысты жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) повторную оценку особых образовательных потребностей в ПМПК по инициативе родителей (законных представителей) или запросу организаций образования на основании решения службы психолого-педагогического сопровождения об оценке особых образовательных потребностей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      7. Оқу қиындықтарының себептеріне байланысты бірінші топты әртүрлі психикалық функциялардың (ақы-ой әрекеті, қабылдау, зейін, есте сақтау) жеткіліксіздігінен мектептегі белгілі бір дағдыларды меңгеруде қиындықтары бар балалар, сондай-ақ даму мүмкіндігі шектеулі:</w:t>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Порядок оценки образовательных потребностей осуществляется в зависимости от причин трудностей обучения, которые выделяют две группы детей с особыми образовательными потребностями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      1) 1-3 деңгейдегі жалпы сөйлеу қабілеті дамымаған есту қабілеті зақымдалған (есту аймағында есту қабілеті орташа 40-тан 80 децибелге дейін естімейтін және нашар еститін, оның ішінде кохлеарлық имплантациядан кейінгі балалар);</w:t>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В зависимости от причин трудностей обучения первая группа включает детей с трудностями усвоения отдельных учебных навыков вследствие недостаточности психических функций (умственной работоспособности, восприятия, внимания, памяти), а также детей с ограниченными возможностями:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...15 lines deleted...]
-      2) көру қабілеті зақымдалған (көзі көрмейтіндер – көру сезімінің толық болмауымен, жақсы көретін көзге көзілдірік киюмен 0,04-ке дейін жарық сезуімен немесе қалдық көрумен және нашар көретін балалар – жақсы көретін көзге көзілдірік киюмен 0,05-тен 0,4-ке дейін көру өткірлігімен);</w:t>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нарушениями слуха (неслышащие и слабослышащие при средней потере слуха в речевой области от 40 до 80 децибел, в том числе дети после кохлеарной имплантации) с общим речевым недоразвитием 1-3 уровня;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...15 lines deleted...]
-      3) зердесі зақымдалған (ақыл-ой кемістігі бар);</w:t>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нарушениями зрения (незрячие – с полным отсутствием зрительных ощущений, с светоощущением или остаточным зрением до 0,04 на лучше видящем глазу с коррекцией очками и слабовидящие – с остротой зрения от 0,05 до 0,4 на лучше видящем глазу с коррекцией очками);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...15 lines deleted...]
-      4) психикалық дамуы тежелген;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нарушениями интеллекта (с умственной отсталостью);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...15 lines deleted...]
-      5) сөйлеу қабілеті зақымдалған (1-3 деңгейдегі жалпы сөйлеу дамымаған, фонетикалық-фонематикалық сөйлеу дамымаған, ринолалия, дизартрия, ауыр тұтығу, жазбаша сөйлеу бұзылыстары бар (дислексия, дисграфия);</w:t>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) задержкой психического развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...15 lines deleted...]
-      6) тірек-қимыл аппараты бұзылған;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нарушениями речи (с общим недоразвитием речи 1-3 уровня, фонетико-фонематическим недоразвитием речи, ринолалией, дизартрией, тяжелым заиканием, нарушениями письменной речи (дислексией, дисграфией);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...15 lines deleted...]
-      7) эмоциялық-ерік бұзылыстары бар (қарым-қатынас және әлеуметтік өзара әрекеттесу бұзылыстарымен (аутизммен), мінез-құлық бұзылыстарымен және қиындықтарымен);</w:t>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) нарушениями опорно-двигательного аппарата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...15 lines deleted...]
-      8) күрделі (біріктірілген) бұзылыстармен балалар кұрайды.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) эмоционально-волевыми расстройствами (нарушениями общения и социального взаимодействия (аутизмом), нарушениями и трудностями поведения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
-[...15 lines deleted...]
-      8. Екінші топқа ақыл-ой және физикалық дамуы бұзылмаған балалар кіреді, олардың ерекше білім беру қажеттіліктері олардың білім беру процесіне енуіне кедергі келтіретін әлеуметтік-психологиялық және басқа факторлармен анықталады:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) со сложными (сочетанными) нарушениями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
-[...15 lines deleted...]
-      1) әлеуметтік осал топтағы отбасыларда тәрбиеленетін, микроәлеуметтік және педагогикалық қараусыз қалған балалар;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В зависимости от причин трудностей обучения вторая группа включает детей, не имеющих нарушений умственного и физического развития, особые образовательные потребности которых, обусловлены социально-психологическими и факторами, препятствующими их включению в образовательный процесс:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
-[...15 lines deleted...]
-      2) жергілікті қоғамға бейімделуде қиындықтарға тап болған балалар (босқындар, мигранттар, қандастар);</w:t>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с микросоциальной и педагогической запущенностью, воспитывающиеся в семьях из категорий социально уязвимых слоев населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
-[...15 lines deleted...]
-      3) мүгедектігі бар балалар.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) испытывающие трудности в адаптации к местному социуму (беженцы, мигранты, кандасы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
-[...15 lines deleted...]
-      9. Даму мүмкіндіктерінің шектелуіне байланысты оқу қиындықтары бар бірінші топ балалардың ерекше білім беру қажеттіліктерін бағалау келесі қажеттіліктерді анықтау үшін жүргізіледі:</w:t>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дети с инвалидностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
-[...15 lines deleted...]
-      1) оқу жоспары мен оқу бағдарламаларын өзгерту;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Для первой группы детей, трудности обучения которых обусловлены ограниченными возможностями развития, проводится оценка образовательных потребностей для определения потребности в:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
-[...15 lines deleted...]
-      2) оқыту нәтижелерін бағалау тәсілдері мен критерийлерін өзгерту;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изменений (адаптаций) учебного плана и учебных программ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
-[...15 lines deleted...]
-      3) оқытудың вариативтік, арнайы және баламалы, оның ішінде мінез-құлықты қолданбалы талдау қағидаттарына негізделген әдістерін пайдалану;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменений способов и критериев оценивания результатов обучения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      4) оқулықтар мен оқу-әдістемелік кешендер (бұдан әрі – ОӘК) іріктеу, жеке оқу материалдарын дайындау;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) использований вариативных, специальных и альтернативных методов обучения, в том числе основанных на принципах прикладного анализа поведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...15 lines deleted...]
-      5) педагог-психологты, арнайы педагогті (оның ішінде олигофренопедагог, сурдопедагог, тифлопедагог, логопед (логопед-мұғалім), педагог-ассистентті арнайы психологиялық-педагогикалық қолдау;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подборе учебников и учебно-методических комплексов (далее – УМК), подготовка индивидуальных учебных материалов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      6) оқыту бағдарламасын таңдау (жалпы білім беретін, арнайы);</w:t>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) специальной психолого-педагогической поддержке педагога-психолога, специального педагога (в том числе олигофренопедагога, сурдопедагога, тифлопедагога, логопеда (учитель-логопед), педагога-ассистента (на постоянной или на временной основе – до формирования способности ребенка учиться самостоятельно в классе (группе);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
-[...15 lines deleted...]
-      7) кедергісіз орта құру және оқу орнын бейімдеу;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выборе программы обучения (общеобразовательная, специальная);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...15 lines deleted...]
-      8) компенсаторлық және техникалық құралдармен қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) созданий безбарьерной среды и адаптаций учебного места;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
-[...15 lines deleted...]
-      9) әлеуметтік педагогті сүйемелдеу;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечений компенсаторными и техническими средствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
-[...15 lines deleted...]
-      10) "Медициналық-әлеуметтік сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 30 қаңтардағы № 44 бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10589 болып тіркелген) сәйкес жүріп-тұруы қиын мүгедектігі бар балаларға арналған жеке көмекшінің қызметі;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сопровождений социального педагога;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Бірінші топтағы балалардың ерекше білім берілуіне қажеттіліктерін қанағаттандыру үшін психологиялық-педагогикалық қолдау қызметінің, (немесе) білім беру ұйымының педагогикалық кеңесінің шешімі және "Тиісті үлгідегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 30 қазандағы № 595 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17657 болып тіркелген) сәйкес ПМПК қорытындысы мен ұсыныстары және негіз болып табылады.</w:t>
+      10) услуге индивидуального помощника для детей с инвалидностью, имеющих затруднения в передвижении, предоставляемом в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 30 января 2015 года № 44 "Об утверждении Правил проведения медико-социальной экспертизы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10589).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
-[...15 lines deleted...]
-      11. Екінші топтағы балалардың ерекше білім беру қажеттіліктерін бағалау:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Основанием для удовлетворения выявленных образовательных потребностей детей первой группы является заключение и рекомендации ПМПК в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 30 октября 2018 года № 595 "Об утверждении Типовых правил деятельности организаций образования соответствующих типов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17657), решение службы психолого-педагогического сопровождения и (или) педагогического совета организации образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
-[...15 lines deleted...]
-      1) оқу жоспары мен оқу бағдарламаларын өзгертпей оқытуда жеке тәсілді қамтамасыз етуге;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для детей второй группы проводится оценка образовательных потребностей для определения потребности в:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...15 lines deleted...]
-      2) үлгілік оқу жоспарының вариативтік компоненті есебінен қосымша сабақтарды ұйымдастыруға;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) индивидуальном подходе в обучении без изменения учебного плана и учебных программ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
-[...15 lines deleted...]
-      3) оқу орнын бейімдеуге;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организаций дополнительных занятий за счет вариативного компонента типового учебного плана;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
-[...15 lines deleted...]
-      4) мектеп психологтің қолдау;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адаптаций учебного места;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
-[...15 lines deleted...]
-      5) әлеуметтік педагогтің қолдау қажеттіліктерін анықтау үшін жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) поддержке школьного психолога;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
-[...15 lines deleted...]
-      12. Екінші топтағы балалардың ерекше білім берілуіне қажеттіліктерін қанағаттандыру үшін психологиялық-педагогикалық қолдау қызметінің және (немесе) білім беру ұйымының педагогикалық кеңесінің шешімі негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) поддержке социального педагога.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Основанием для удовлетворения выявленных образовательных потребностей детей второй группы является решение службы психолого-педагогического сопровождения и (или) педагогического совета организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2218,31 +2084,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>