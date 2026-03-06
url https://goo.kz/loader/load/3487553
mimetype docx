--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,2474 +1,4306 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="4452185" w14:textId="4452185">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00255C4F" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил психолого-педагогического сопровождения в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 января 2022 года № 6. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 января 2022 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 26513.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 11-3) статьи 5 Закона Республики Казахстан "Об образовании" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить Правила психолого-педагогического сопровождения в организациях образования согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти рабочих дней после государственной регистрации настоящ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ть на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10036" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="6307"/>
+        <w:gridCol w:w="210"/>
+        <w:gridCol w:w="3519"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00255C4F" w:rsidTr="006D57D4">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="29"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="6517" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRDefault="006D57D4">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
             </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>     </w:t>
             </w:r>
+            <w:r w:rsidRPr="006D57D4">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>науки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRDefault="00255C4F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRDefault="00255C4F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRDefault="006D57D4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Республики</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRDefault="006D57D4">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймагамбетов</w:t>
+              <w:t xml:space="preserve">А. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>Аймагамбетов</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidTr="006D57D4">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="29"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="6307" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRDefault="006D57D4">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3729" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2022 жылғы 12 қаңтардағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006D57D4">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 6 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 12 января 2022 года № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...165 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила психолого-педагогического сопровождения в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...1248 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z16"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила психолого-педагогического сопровож</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дения (далее – Правила) разработаны в соответствии с подпунктом 11-3) статьи 5 Закона </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Республики Казахстан "Об образовании" и определяют порядок организации психолого-педагогического сопровождения в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спользуются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) специальные условия для получения образования – условия, включающие учебные, а также специальные, индивидуально-развивающие и коррекционно-развивающие программы и методы обучения, технические, учебные и иные средства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, среду жизнедеятельности, психолого-педагогическое сопровождение, медицинские, социальные и иные услуги, без которых невозможно освоение образовательных программ лицами (детьми) с особыми образовательными потребностями, а также детьми с ограниченными возм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ожностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z19"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) лица (дети) с особыми образовательными потребностями – лица (дети), которые испытывают постоянные или временные потребности в специальных условиях для получения образования соответствующего уровня и дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оценка особых образовательных потребностей – определение необходимых специальных условий для получения образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) психолого-педагогическое сопровождение – системно-организованная деятельность, реализуемая в организациях образования, в процессе к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оторой создаются социально-психологические и педагогические условия для обучения и развития лиц (детей) с особыми образовательными потребностями, в том числе детей с ограниченными возможностями, на основе оценки особых образовательных потребностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Пор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ядок психолого-педагогического сопровождения в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z23"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Психолого-педагогического сопровождение включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) выявление и оценка особых образовательных потребностей лиц (детей) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) консультативно-методическая помощь педагогам и семье лиц (детей) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) создание социально-психологических и педагогических условий для успешного обучения, развития и социализации лиц (детей) с особыми о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бразовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Психолого-педагогическое сопровождение на уровнях дошкольного, начального, основного среднего, общего среднего образования осуществляют педагоги и специалисты организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Психолого-педагогическ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ое сопровождение осуществляется на основании оценки образовательных потребностей лиц (детей): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с поведенческими и эмоциональными проблемами, неблагоприятными психологическими факторами (нарушений воспитания в семье, детско-родительских и внутрисем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ейных отношений);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) с барьерами социально-психологического, экономического, языкового культурного характера (педагогическая запущенность детей из семей социального риска, дети, испытывающие трудности адаптации в обществе (семьи беженцев, мигрантов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кандасов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) с ограниченными возможностями развития (нарушениями слуха, зрения, интеллекта, речи, опорно-двигательного аппарата, задержкой психического развития и эмоционально-волевыми расстройствами). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Психолого-педагогическое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сопровождение детей с ограниченными возможностями осуществляется воспитателями/педагогами в процессе занятий/уроков, а также специальными педагогами, психологами, социальными педагогами, педагогами-ассистентами при организации индивидуальных, групповых и п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одгрупповых занятий на основе оценки особых образовательных потребностей и рекомендаций психолого-медико-педагогических консультаций (далее – ПМПК).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z33"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Психолого-педагогическое сопровождение категорий лиц (детей) с особыми образовательными потребностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, указанных в подпунктах 1) и 2) пункта 5 настоящих Правил, осуществляется воспитателями/педагогами в процессе занятий/уроков, факультативов, предметных кружков и дополнительных занятий по предметам, а также педагогами-психологами, социальными педагогами н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а основе оценки особых образовательных потребностей, выполненной педагогами в сотрудничестве с педагогом-психологом и социальным педагогом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z34"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Содержание психолого-педагогического сопровождения включает следующие социально-психологические и педагоги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ческие условия: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) изменения учебного плана и учебных программ в виде адаптации общеобразовательных учебных программ или составления индивидуальных учебных планов и программ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) изменения способов оценивания результатов обучения (достижений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученика). При изменении способов оценивания подбираются контрольные задания и критерии оценивания с учетом индивидуальных возможностей учащегося и с учетом содержания реализуемой учебной программы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) использование вариативных, специальных и альтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нативных методов обучения. Форма или способ применения методов обучения адаптируются под индивидуальные особенности ученика (уменьшение объема, количества заданий, сокращение или увеличение времени на выполнение заданий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>упрощение учебных заданий, использо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вание коротких и поэтапных инструкций, проговаривание заданий вслух, предоставление образцов выполнения заданий, таблицы, справочные материалы). Альтернативные методы и технологии обучения применяются в отношении учащихся со специфическими трудностями обуч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ения, обусловленными нарушениями отдельных психических функций (восприятия, памяти, внимания, праксиса). Альтернативные методы и технологии обучения используются в индивидуально-развивающей работе педагогами-психологами и специальными педагогами (метод гло</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бального чтения, обучение счету посредством методики "Нумикон", системы Монтессори).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) подбор учебников, учебных пособий, подготовка индивидуальных учебных материалов. Специальные учебники, рабочие тетради и учебные материалы используются для детей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с нарушениями зрения (книги с укрупненным шрифтом, учебные пособия для незрячих, напечатанные шрифтом Брайля; рельефные рисунки, схемы, специальные муляжи), опорно-двигательного аппарата (прописи с крупным шрифтом), слуха (учебные пособия с использованием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>символов (жестовой речи), видеоматериалы с титрами, учебные компьютерные программы), нарушениями интеллекта. Учебники и учебно-методические комплексы, изданные для специальных школ соответствующего вида;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z39"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) выбор формы обучения. Обучение и воспитание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей с ограниченными возможностями в общеобразовательной группе/классе, в специальной группе/классе общеобразовательной организации или в специальной дошкольной организации, в специальной школе (с согласия родителей и по рекомендации ПМПК), на дому (по з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аключению врачебно-консультационной комиссии (ВКК));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z40"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) создание безбарьерной среды и адаптация места обучения для обеспечения физического доступа в организацию образования для лиц (детей) с особыми образовательными потребностями: 1) с ограниченной м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обильностью (подвоз к школе, пандусы, перила, подъемники, лифт, специально оборудованное учебное место (стол, стул), места общего пользования (туалет, столовая)), 2) с нарушением зрения (незрячих, слабовидящих) (тактильные дорожки, тактильные указатели, пе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рила), 3) с нарушением слуха (визуальные таблицы, звукоусиливающая аппаратура). Адаптация учебного места предполагает приспособление среды обучения под индивидуальные особенности лиц (детей) с особыми образовательными потребностями (физические особенности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(слух, зрение), поведенческие особенности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z41"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) использование технических вспомогательных (компенсаторных) средств и специальных средств передвижения для обучающихся с ограниченными возможностями (нарушениями опорно-двигательного аппарата, слуха, зре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ния, речи), полученные в соответствии с постановлением Правительства Республики Казахстан от 20 июля 2005 года № 754 "Об утверждении перечня технических вспомогательных (компенсаторных) средств и специальных средств передвижения, предоставляемых инвалидам"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Организации образования для создания специальных условий приобретают и используют технические вспомогательные (компенсаторные) средства и специальные средства передвижения, развивающее оборудование в соответствии с приказом Министра образования и науки Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан от 22 января 2016 года № 70 "Об утверждении норм оснащения оборудованием и мебелью организаций дошкольного, среднего образования, а также специальных организаций образования" (зарегистрирован в в Реестре госуарственной регистрации норма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тивных правовых актов под № 13272);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z42"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) специальная психолого-педагогическая поддержка (психолога, специального педагога, педагога-ассистента) детей с ограниченными возможностями осуществляется на основе заключения и рекомендации ПМПК. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z43"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Псих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олого-педагогическое сопровождение реализуется в соответствии с Уставом организации образования, нормативными правовыми актами в области образования и науки, настоящим Правилами, договором между организацией образования и родителями лиц (детей) с особыми о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бразовательными потребностями. Педагоги психолого-педагогического сопровождения входят в состав педагогического совета организации образования, участвуют в работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z44"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Психолого-педагогическое сопровождение в организациях обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азования состоит из двух этапов: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z45"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Первый этап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z46"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководитель общеобразовательной организации образования издает приказ и утверждает Положение об организации психолого-педагогического сопровождения, утверждает состав и должностные обязанности спе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>циалистов психолого-педагогического сопровождения, создает условия профессионального роста педагогов и специалистов на междисциплинарной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z47"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместители руководителя организации образования организуют процесс оценки образовательных потребностей у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся, регулируют взаимодействие воспитателей/педагогов, специалистов и родителей на этапе проведения оценки образовательных потребностей и в процессе психолого-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогического сопровождения лиц (детей) с особыми образовательными потребностями, конт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ролируют сбор и формирование документации специалистов, осуществляющих психолого-педагогическое сопровождение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z48"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Классные руководители организуют взаимодействие педагогов-предметников и родителей, изучают социальную ситуацию развития ребенка совместно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с социальным педагогом организации образования, создают условия для благоприятного эмоционально-психологического климата в урочное и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вне урочное время</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z49"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги организации образования проводят мониторинг учебных достижений, с целью установления тр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>удностей у обучающихся в освоении учебных программ, соблюдают профессиональную этику и конфиденциальность в отношении индивидуальных особенностей лиц (детей) с особыми образовательными потребностями, при необходимости обращаются за консультацией к психолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ам, социальным педагогам или специальным педагогам организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z50"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Второй этап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z51"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На основе оценки особых образовательных потребностей или рекомендации ПМПК руководитель организации образования утверждает индивидуальные программы психол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ого-педагогического сопровождения лиц (детей) с особыми образовательными потребностями, включающие индивидуальные учебные планы, индивидуальные/адаптированные учебные программы, индивидуально развивающие программы специалистов, список детей с особыми образ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овательными потребностями для психолого-педагогического сопровождения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z52"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместители руководителя организации образования организуют и контролируют процесс психолого-педагогического сопровождения, участвуют в составлении индивидуальной программы психо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лого-педагогического сопровождения лиц (детей) с особыми образовательными потребностями, обсуждении результатов сопровождения, динамики развития воспитанника, учебных достижений обучающегося, включают воспитанников/обучающихся с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во внеклассные и досуговые мероприятия, в целях повышения эффективности процесса индивидуального сопровождения лиц (детей) с особыми образовательными потребностями осуществляют ротацию педагогов-ассистентов в организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z53"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги органи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зации образования выполняют адаптацию учебных программ, индивидуализируют процесс обучения и оценки достижений лиц (детей) с особыми образовательными потребностями, восполняя пробелы в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>знаниях, умениях, навыках, подбирают учебники, учебные материалы, орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>изуют учебно-воспитательный процесс с учетом индивидуальных особенностей развития лиц (детей) с особыми образовательными потребностями, создают атмосферу эмоционального комфорта на занятиях/уроках и во внеклассной деятельности с целью сохранения физическог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о, психического и нравственного здоровья лиц (детей) с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z54"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог-ассистент помогает формированию у лиц (детей) с особыми образовательными потребностями способность выполнять правила поведения на занятиях/уроках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и самостоятельную учебную деятельность через индивидуальное сопровождение. Предоставление услуг педагога-ассистента на постоянной основе обучающимся с нарушениями психофизического развития и поведения осуществляется на основании рекомендаций ПМПК. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z55"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ешением заседания психолого-педагогического сопровождения услуги педагога-ассистента, обучающимся с легкими поведенческими проблемами и трудностями адаптации в классе, предоставляются только на одну четверть. Дальнейшая потребность в помощи педагога-ассист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ента определяется ПМПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z56"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Потребность в помощи педагога-психолога или социального педагога определяется оценкой психолого-педагогического сопровождения организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z57"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специальные педагоги, педагог-ассистент реализуют и участвуют в оце</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нке образовательных потребностей детей с ограниченными возможностями, в составлении индивидуальных программ психолого-педагогического сопровождения, в том числе индивидуальных учебных планов, индивидуальных/адаптированных учебных программ, индивидуально-ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>звивающих программ, проводят индивидуальные, групповые, подгрупповые развивающие занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z58"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Для проведения подгрупповых (2-4 ребенка), групповых (6-8 детей) занятий специальные педагоги объединяют лиц (детей) с особыми образовательными потребностям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и по принципу общности содержания индивидуально развивающих программ. Количество индивидуальных, подгрупповых, групповых занятий в неделю для лиц (детей) с особыми образовательными потребностями устанавливается с учетом его индивидуальных образовательных п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отребностей и возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z59"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Продолжительность индивидуального, подгруппового и группового занятия в дошкольной организации определяется в соответствии с приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 31 окября 2018 года № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>604 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17669) "Об утверждении государственных общеобязательных стандартов образования всех уров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ней образования" к продолжительности организованной учебной деятельности для каждой возрастной группы детей с особыми образовательными потребностями и в организации среднего образования – составляет 45 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z60"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. При наличии 4-6 детей с поведенческим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и нарушениями в специально оборудованном помещении (кабинете) проводятся занятия, направленные на преодоление трудного поведения с использованием современных методов, технологий и приемов (в том числе на основе принципов прикладного анализа поведения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z61"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  13. Для проведения индивидуальных, подгрупповых, групповых занятий кабинеты специалистов оснащаются оборудованием и учебно-дидактическими материалами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z62"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Объем и содержание психолого-педагогического сопровождения, в котором нуждается ребенок, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует оценке особых образовательных потребностей, проводимом несколько раз в течение учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z63"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Для создания специальных условий для детей с ограниченными возможностями в организации образования создаются специальные группы/классы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z64"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Психолого-педагогическое сопровождение детей с особыми образовательными потребностями, в том числе психолого-педагогическая оценка образовательных потребностей, осуществляется с 1 сентября текущего года по 25 мая следующего года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z65"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Контро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ль процесса психолого-педагогического сопровождения осуществляет администрация организации образования на основе нормативных правовых актов, должностных обязанностей участников образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z66"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Нормативная учебная нагрузка в неделю пед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">агогов психолого-педагогического сопровождения дошкольной организации составляет 24 часа, организации среднего образования – 16 часов неделю в соответствии с Законом Республики Казахстан "О статусе педагога". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z67"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифные ставки (должностные оклады) в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">месяц педагогов – ассистентов выплачиваются в соответствии с нормативной учебной нагрузкой в неделю и устанавливаются, исходя из затрат их рабочего времени на сопровождение ребенка в астрономических часах. Короткие перерывы (перемены), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предусмотренные межд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у уроками/занятиями являются рабочим временем педагога-ассистента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z68"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Количество лиц (детей) с особыми образовательными потребностями на 1 ставку логопеда (учителя-логопеда), психолога (педагога-психолога), специального педагога (дефектолога) в общеобр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азовательной организации составляет не более 12-14 детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z69"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Для координации деятельности и методической помощи педагогам психолого-педагогического сопровождения на базе общеобразовательных организаций приказом органа управления образования создают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся областные (городские, районные) Ресурсные центры развития инклюзивных практик и обмена опытом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z70"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Участниками процесса психолого-педагогического сопровождения являются администрация, педагогические кадры (учителя, воспитатели, психолог (педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолог), логопед (учитель-логопед), специальный педагог, социальный педагог, педагог-ассистент), работники организации образования, воспитанники/обучающиеся, в том числе лица (дети) с особыми образовательными потребностями и их родители (законные предста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вители). Взаимоотношения участников образовательного процесса строятся на принципах гуманизации образования/воспитания и командного подхода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z71"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Администрация организует психолого-педагогическое сопровождение лиц (детей) с особыми образовательными по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требностями, обеспечивает безопасную и психологическую комфортную среду на основе толерантной культуры поведения всех участников образовательного процесса, соблюдает конфеденциальность персональной информации о детях с особыми образовательными потребностям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z72"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Педагоги-психологи, педагоги организации образования имеют соответствующую профессионально-педагогическую подготовку по работе с детьми с особыми образовательными потребностями, осуществляют психолого-педагогическое сопровождение и обучение/в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оспитание детей на профессиональном уровне в соответствии с настоящими Правилами, приказом Министра образования и науки Республики Казахстан от 13 июля 2009 года № 338 "Об утверждении Типовых квалификационных характеристик должностей педагогических работни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ков и приравненных к ним лиц" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 5750), Уставом организации образования, договором с родителями (законными представителями). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z73"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Администрация и педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z74"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проводят опытно-экспериментальную работу, внедрение новых методик и технологий психолого-педагогического сопровождения в педагогическую практику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z75"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) осуществляют свободный выбор способов и форм организации психолого-педагогического сопровождения с уч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етом особых образовательных потребностей воспитанников/обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z76"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) участвуют в работе коллегиальных органов управления организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z77"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) повышают квалификацию по вопросам психолого-педагогического сопровождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z78"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) досрочно проходят аттестацию с целью повышения категории; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z79"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) получают моральное и материальное поощрение за успехи в психолого-педагогической деятельности в виде государственных наград, почетных званий, премий и именных стипендий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-    <w:p>
+    </w:p>
+    <w:p w:rsidR="00255C4F" w:rsidRPr="006D57D4" w:rsidRDefault="006D57D4">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:sectPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D57D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00255C4F" w:rsidRPr="006D57D4">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00255C4F"/>
+    <w:rsid w:val="00255C4F"/>
+    <w:rsid w:val="006D57D4"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{10007157-5BF9-435F-A4DB-4F5CB22AEB5B}"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...9 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:pPr>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>3210</Words>
+  <Characters>18298</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>152</Lines>
+  <Paragraphs>42</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>SPecialiST RePack</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>21466</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>