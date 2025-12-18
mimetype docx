--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -2,3384 +2,3508 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w:rsidR="00B96287" w:rsidRPr="00B96287" w:rsidRDefault="00B96287" w:rsidP="00B96287">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9557" w:type="dxa"/>
-        <w:tblInd w:w="392" w:type="dxa"/>
+        <w:tblW w:w="10535" w:type="dxa"/>
+        <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6237"/>
-        <w:gridCol w:w="3320"/>
+        <w:gridCol w:w="6042"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidTr="00201FD3">
+      <w:tr w:rsidR="00981DD1" w:rsidRPr="00981DD1" w:rsidTr="00FC7AE5">
+        <w:trPr>
+          <w:trHeight w:val="1732"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcW w:w="6042" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00774571" w:rsidRDefault="00201FD3" w:rsidP="003D7FC0">
+          <w:p w:rsidR="00981DD1" w:rsidRPr="00770414" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00774571" w:rsidP="003D7FC0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КЕЛІСІЛДІ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="0057332B" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="003D7FC0">
+            <w:r w:rsidRPr="001B29EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="0057332B" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D7B04">
-[...8 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="003D7FC0">
+            <w:r w:rsidRPr="001B29EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B29EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еру бөлімі» ММ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="001B29EF" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="003D7FC0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="005A375D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асшысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B29EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="00770414" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="003D7FC0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Маликова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="0057332B" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-              <w:t>_____________2022г</w:t>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022 ж. ______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3320" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="008116F8">
+          <w:p w:rsidR="00981DD1" w:rsidRPr="00770414" w:rsidRDefault="00981DD1" w:rsidP="00204C56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="459" w:hanging="459"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="008116F8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БЕКІТЕМІН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="0057332B" w:rsidRDefault="00981DD1" w:rsidP="00204C56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="459" w:hanging="459"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="008116F8">
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БЖЭТО КМКҚ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="00770414" w:rsidRDefault="00981DD1" w:rsidP="00204C56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="459" w:hanging="459"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="008116F8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770414">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басшының м.а.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="0057332B" w:rsidRDefault="00981DD1" w:rsidP="00204C56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="459" w:hanging="459"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00201FD3" w:rsidRPr="006D7B04" w:rsidRDefault="00201FD3" w:rsidP="008116F8">
+          <w:p w:rsidR="00981DD1" w:rsidRDefault="00981DD1" w:rsidP="00770414">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...10 lines deleted...]
-              <w:t>____________Ж. Темирова __________________2022г</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00981DD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00981DD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Темірова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00981DD1" w:rsidRPr="00770414" w:rsidRDefault="00981DD1" w:rsidP="00770414">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 ж. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00981DD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B76149" w:rsidRPr="006D7B04" w:rsidRDefault="00B76149" w:rsidP="004E1B6E">
+    <w:p w:rsidR="00C4492A" w:rsidRDefault="00C4492A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B76149" w:rsidRPr="006D7B04" w:rsidRDefault="00B76149" w:rsidP="004E1B6E">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="ac"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E1B6E" w:rsidRPr="006D7B04" w:rsidRDefault="004E1B6E" w:rsidP="004E1B6E">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00981DD1" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="ac"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>ПРОГРАММА</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Музейді білім берудің тәрбиелік компонентіне біріктіру»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9490A" w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E1B6E" w:rsidRPr="006D7B04" w:rsidRDefault="004E1B6E" w:rsidP="002819F3">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="ac"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
-[...54 lines deleted...]
-        <w:t>семинара</w:t>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өңірлік оқу-тәжірибелік семинарын өткізу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3178" w:rsidRPr="006D7B04" w:rsidRDefault="001C3B40" w:rsidP="001C3B40">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="ac"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
+      <w:r w:rsidRPr="00AA1458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:t>Интеграция музея в воспитательный компонент образования»</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3178" w:rsidRPr="006D7B04" w:rsidRDefault="00CD3178" w:rsidP="005B7E44">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-993"/>
+        <w:pStyle w:val="ac"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E1B6E" w:rsidRPr="006D7B04" w:rsidRDefault="004E1B6E" w:rsidP="005B3677">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="ac"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
+      <w:r w:rsidRPr="00AA1458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Дата проведения</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтетін күні: </w:t>
       </w:r>
-      <w:r w:rsidR="00E84CD0" w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022 жылғы 4</w:t>
       </w:r>
-      <w:r w:rsidR="00713D3F" w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараша</w:t>
       </w:r>
-      <w:r w:rsidR="00D53DAA">
-[...52 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E1B6E" w:rsidRPr="006D7B04" w:rsidRDefault="004E1B6E" w:rsidP="00FC1606">
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтетін орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Балалар-жасөспірімдер экология және туризм орталығы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1" w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Потапов көшесі 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981DD1" w:rsidRDefault="00425256" w:rsidP="00FC7AE5">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
+      <w:r w:rsidRPr="00AA1458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Место проведения</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Семинар қатысушылары</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00A9490A" w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D7B04">
+      <w:r w:rsidR="00FC7AE5" w:rsidRPr="00FC7AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы және Павлодар облысының туристік-өлкетану бағытындағы мектеп мұражайларының, тәрбие жұмысы жө</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ніндегі басшының орынбасарлары</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7AE5" w:rsidRPr="00FC7AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, сынып жетекшілері, биология, география мұғалімдері, жалпы білім беретін мектептер мен қосымша білім беру ұйымдарының үйірмелерінің, клубтарының, секцияларының жетекшілері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9490A" w:rsidRPr="00AA1458" w:rsidRDefault="00A9490A" w:rsidP="00A9490A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Модератор: </w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жулдыз Жанатқызы Машкентаева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642C" w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өлкетану</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642C" w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  </w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:r w:rsidR="0003642C" w:rsidRPr="00AA1458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t>К</w:t>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мең-ші, </w:t>
       </w:r>
-      <w:r w:rsidR="002C5E2C" w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t>Г</w:t>
+      <w:r w:rsidR="00D1468F" w:rsidRPr="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>+</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t>КП «Детско-юношеский центр экологии и туризма» г.</w:t>
+      <w:r w:rsidR="001B29EF" w:rsidRPr="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 70</w:t>
       </w:r>
-      <w:r w:rsidR="005F1E28" w:rsidRPr="006D7B04">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 867 74</w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1" w:rsidRPr="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>44</w:t>
+      </w:r>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E62E0E" w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t>Павлодар</w:t>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оксана Владиславовна Петрович – әдістемелік кабинетінің меңгерушісі,</w:t>
       </w:r>
-      <w:r w:rsidR="002F355F" w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 705 384 3049.</w:t>
       </w:r>
-      <w:r w:rsidR="00F45FBD">
-[...53 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00981DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E1B6E" w:rsidRPr="006D7B04" w:rsidRDefault="004E1B6E" w:rsidP="00FC1606">
+    <w:p w:rsidR="001B29EF" w:rsidRPr="00AA1458" w:rsidRDefault="001B29EF" w:rsidP="001B29EF">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
+      <w:r w:rsidRPr="00AA1458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Целевая аудитория:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ескерту:</w:t>
       </w:r>
-      <w:r w:rsidR="00516CE2" w:rsidRPr="006D7B04">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қатысу үшін өтінімдер </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:ekotyr@goo.edu.kz" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D1468F" w:rsidRPr="00866AC3">
+        <w:rPr>
+          <w:rStyle w:val="ad"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ekotyr@goo.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00D1468F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00713D3F" w:rsidRPr="006D7B04">
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">эл. поштаға  қабылданады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00476F81" w:rsidRPr="006D7B04" w:rsidRDefault="00A273D2" w:rsidP="00B0707B">
+    <w:p w:rsidR="001B29EF" w:rsidRPr="00AA1458" w:rsidRDefault="001B29EF" w:rsidP="001B29EF">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D7B04">
-[...108 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00AA1458">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аймақтық оқу-практикалық семинардың сертификаты теориялық және практикалық бөлімдерді қамтитын толық курстан өткен қатысушыларға ғана беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F45FBD" w:rsidRPr="00F45FBD" w:rsidRDefault="00F700DD" w:rsidP="00B0707B">
+    <w:p w:rsidR="004B62A0" w:rsidRPr="00AA1458" w:rsidRDefault="004B62A0" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...111 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="ac"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidRDefault="000A5F7B" w:rsidP="00014297">
-[...16 lines deleted...]
-              <w:t>Время проведения</w:t>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өткізу уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidRDefault="000A5F7B" w:rsidP="000A5F7B">
-[...2 lines deleted...]
-              <w:contextualSpacing/>
+          <w:p w:rsidR="00A36737" w:rsidRDefault="00A36737" w:rsidP="00981DD1">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B62A0" w:rsidRPr="00AA1458" w:rsidRDefault="004B62A0" w:rsidP="00981DD1">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D35FE" w:rsidRPr="006D7B04" w:rsidTr="005D35FE">
+      <w:tr w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D35FE" w:rsidRPr="006D7B04" w:rsidRDefault="005D35FE" w:rsidP="00014297">
-[...16 lines deleted...]
-              <w:t>До 10.00</w:t>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D3511" w:rsidRPr="006D7B04" w:rsidRDefault="005D35FE" w:rsidP="005D35FE">
-[...18 lines deleted...]
-              <w:t>Регистрация участников семинара.</w:t>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Семинарға қатысушыларды тіркеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E47E77" w:rsidRPr="006D7B04" w:rsidTr="00E47E77">
+      <w:tr w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E47E77" w:rsidRPr="006D7B04" w:rsidRDefault="003E1AE8" w:rsidP="00A54B8A">
-[...43 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="00EF4830">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10.00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4830" w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00002D41" w:rsidRPr="006D7B04" w:rsidRDefault="008D40E3" w:rsidP="00E47E77">
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w:rsidR="00C077A9" w:rsidRDefault="00C077A9" w:rsidP="001B29EF">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D7B04">
-[...44 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Музей педагогикасы - ізденіс аумағы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="001B29EF">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D7B04">
-[...7 lines deleted...]
-              <w:t>Пленарное заседание</w:t>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пленарлық отырыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="00A36737" w:rsidRPr="00981DD1" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidRDefault="00AB2539" w:rsidP="00222CAA">
-[...24 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="002E6855" w:rsidP="00EF4830">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36737" w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A5F7B" w:rsidRPr="009B6438" w:rsidRDefault="000A5F7B" w:rsidP="00222CAA">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00CE602F" w:rsidRDefault="002E6855" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сәлемдесу сөзі:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жанна Қаиргелдіқызы Темірова Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Балалар-жасөспірімдер экология және туризм орталығы»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009B6438">
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> КГКП «Детско-юношеского центра экологии и туризма» Отдела образования города Павлодара Управления образования Павлодарской области </w:t>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КМҚК басшысының м.а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A36737" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="00A36737" w:rsidRPr="00433BB8" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidRDefault="00AB2539" w:rsidP="00222CAA">
-[...46 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="002E6855" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36737" w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0080647E" w:rsidRPr="00062636" w:rsidRDefault="000A5F7B" w:rsidP="0080647E">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="005C4C7D" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00AE6BF7" w:rsidRPr="00062636">
-[...196 lines deleted...]
-              <w:t>ДЮЦЭТ</w:t>
+            <w:r w:rsidR="00C077A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музей кеңістік ретінде. БЖЭТО жұмыс тәжірибесінен</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4C7D" w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D1468F" w:rsidRPr="00CE602F" w:rsidRDefault="005C4C7D" w:rsidP="00C077A9">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баяндамашы</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36737" w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE602F" w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұлдыз .Жанатқызы </w:t>
+            </w:r>
+            <w:r w:rsidR="00C077A9" w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Машкентаева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C077A9" w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Өлкетану»  бөлімінің меңгеруші</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE602F" w:rsidRPr="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="00A36737" w:rsidRPr="00433BB8" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A5F7B" w:rsidRPr="006D7B04" w:rsidRDefault="00AB2539" w:rsidP="00B5710B">
-[...40 lines deleted...]
-              <w:t>45</w:t>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00C077A9" w:rsidRDefault="002E6855" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.25</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C13BE6" w:rsidRDefault="00C13BE6" w:rsidP="00C13BE6">
-[...156 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00A36737" w:rsidRPr="00AA1458" w:rsidRDefault="00A36737" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C077A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00C077A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музей педагогикасы мектеп пен қоғамның өзара әрекеттесу формасы ретінде</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4C7D" w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> Сағымбек Ботагөз Қуанышбековна, зав. отдела литературы Музея  литературы и искусства имени Бухар Жырау</w:t>
+          </w:p>
+          <w:p w:rsidR="00D1468F" w:rsidRPr="00AA1458" w:rsidRDefault="005C4C7D" w:rsidP="00C077A9">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баяндамашы</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36737" w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="0048011D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00433BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отаг</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өз Қуанышбекқызы </w:t>
+            </w:r>
+            <w:r w:rsidR="0048011D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сағымбек, Бұқар жырау</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атындағы әдебиет және өнер</w:t>
+            </w:r>
+            <w:r w:rsidR="0048011D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> музейінің әдебиет бөлімінің меңгерушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53DAA" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="002E6855" w:rsidRPr="00433BB8" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D53DAA" w:rsidRPr="006D7B04" w:rsidRDefault="00D53DAA" w:rsidP="00B5710B">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="006D7B04">
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
-            <w:r w:rsidRPr="006D7B04">
-[...5 lines deleted...]
-              <w:t>-1</w:t>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:t>00</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D53DAA" w:rsidRDefault="00D53DAA" w:rsidP="00C13BE6">
-[...10 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E6855" w:rsidRDefault="00D1468F" w:rsidP="00CB31EF">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Киелі орындар атласы</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Атлас сакральных мест.Технология опыта»</w:t>
-[...24 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәжірибе технологиясы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D1468F" w:rsidRDefault="00D1468F" w:rsidP="00CB31EF">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баяндамашы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D53DAA">
-[...28 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оксана Владиславовна Петрович,.БЖЭТО әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кабинеті</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC7AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> меңгерушісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D1468F" w:rsidRPr="00D1468F" w:rsidRDefault="00D1468F" w:rsidP="00CB31EF">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="002E6855" w:rsidRPr="00433BB8" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="00D53DAA" w:rsidRDefault="00D53DAA" w:rsidP="00B5710B">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="002E6855" w:rsidRPr="00D1468F" w:rsidRDefault="00D1468F" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>11.00 -11.15</w:t>
+              <w:t>11.00 - 11.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="00062636" w:rsidRDefault="00DA44F1" w:rsidP="00BE456C">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="003D3511">
+          <w:p w:rsidR="00D1468F" w:rsidRPr="00AA1458" w:rsidRDefault="00D1468F" w:rsidP="00D1468F">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00062636" w:rsidRPr="00062636">
-[...43 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музей негізінде білім алушылардың өлкетану жұмыстарындағы зерттеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="006D7B04">
-[...76 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Сүйікті өлкем» авторлық бағдарламасының презентациясы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRDefault="00D1468F" w:rsidP="00D1468F">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баяндамашы: </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE602F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сауле Елубайқызы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ахмерова</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...48 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, БЖЭТО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-зерттеуші</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D1468F" w:rsidRPr="00AA1458" w:rsidRDefault="00D1468F" w:rsidP="00D1468F">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="002E6855" w:rsidRPr="00433BB8" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="00DA44F1" w:rsidP="00D53DAA">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="006D7B04">
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006D7B04">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00D53DAA">
-[...15 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="00DA44F1" w:rsidP="00BE456C">
-[...268 lines deleted...]
-              <w:t>, педагог первой категории ДЮЦЭТ, Бойко Анастасия Михайловна, педагог второй категории ДЮЦЭТ</w:t>
+          <w:p w:rsidR="002E6855" w:rsidRPr="003062D7" w:rsidRDefault="002E6855" w:rsidP="001E1E07">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«БЖЭТО бойынша экскурсиялық серуендеу» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(жас экскурсоводтардың қатысуымен жергілікті экскурсиялар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="003062D7" w:rsidRDefault="002E6855" w:rsidP="001E1E07">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Модераторлар:Светлана Михайловна Боровикина, ЭБК меңгерушісі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="00AA1458" w:rsidRDefault="002E6855" w:rsidP="001E1E07">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ахметуали Рашитович, жылыжай меңгерушісі, Гульжихан Манарбековна Алибаева, Анастасия Михайловна Бойко- БЖЭТО қосымша білім беру педагогтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidTr="00931843">
+      <w:tr w:rsidR="002E6855" w:rsidRPr="00AA1458" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="00DA44F1" w:rsidP="001B2CD6">
-[...2 lines deleted...]
-              <w:contextualSpacing/>
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A5550">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>с1</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A5550">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A5550">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A5550">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">00 –ден </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A5550">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> до13.00</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A5550">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="00DA44F1" w:rsidP="00D523BC">
+          <w:p w:rsidR="002E6855" w:rsidRDefault="002E6855" w:rsidP="001B29EF">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...29 lines deleted...]
-              <w:contextualSpacing/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Технология.Ізденіс.Нәтиже.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="00FB55C9" w:rsidRDefault="002E6855" w:rsidP="001B29EF">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006D7B04">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA1458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Практикум</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="002E6855" w:rsidRPr="00AA1458" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="004962E7" w:rsidP="00014297">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="002E6855" w:rsidRPr="00AA1458" w:rsidRDefault="002E6855" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12.00-12.50</w:t>
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="005F50CC" w:rsidRDefault="00DA44F1" w:rsidP="007D7DA1">
+          <w:p w:rsidR="002E6855" w:rsidRPr="003062D7" w:rsidRDefault="002E6855" w:rsidP="002E6855">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="005F50CC" w:rsidRDefault="00DA44F1" w:rsidP="007D7DA1">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музей-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бесігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кластерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көзқарас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="005F50CC" w:rsidRDefault="00DA44F1" w:rsidP="007D7DA1">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тақырыптарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="005F50CC" w:rsidRDefault="00DA44F1" w:rsidP="007D7DA1">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мақсат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қою</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DA44F1" w:rsidRDefault="00DA44F1" w:rsidP="007D7DA1">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әрекеттесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жүйесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>картасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жолдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F66CE" w:rsidRDefault="003F66CE" w:rsidP="007D7DA1">
+          <w:p w:rsidR="002E6855" w:rsidRPr="002E6855" w:rsidRDefault="002E6855" w:rsidP="002E6855">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="005F50CC" w:rsidRDefault="00DA44F1" w:rsidP="00EB21B7">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қорғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002E6855">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRDefault="002E6855" w:rsidP="003062D7">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Модератор: </w:t>
             </w:r>
-            <w:r w:rsidR="003F66CE" w:rsidRPr="003F66CE">
-[...18 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="003062D7" w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оксана Владиславовна </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Петрович,.БЖЭ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003062D7" w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдістемелі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кабинеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FC7AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нің</w:t>
+            </w:r>
+            <w:r w:rsidR="003062D7" w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003062D7" w:rsidRPr="003062D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>меңгерушісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D1468F" w:rsidRPr="00D1468F" w:rsidRDefault="00D1468F" w:rsidP="003062D7">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidTr="00014297">
+      <w:tr w:rsidR="002E6855" w:rsidRPr="00433BB8" w:rsidTr="00204C56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="00DA44F1" w:rsidP="00014297">
-[...16 lines deleted...]
-              <w:t>12.50-13.00</w:t>
+          <w:p w:rsidR="002E6855" w:rsidRPr="003062D7" w:rsidRDefault="003062D7" w:rsidP="00A36737">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12.50 - 13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA44F1" w:rsidRPr="006D7B04" w:rsidRDefault="00DA44F1" w:rsidP="00FD7723">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Вручение сертификатов и завершение работы семинара </w:t>
+          <w:p w:rsidR="002E6855" w:rsidRPr="00D1468F" w:rsidRDefault="002E6855" w:rsidP="002E6855">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Семинар жұмысын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорытындылау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E6855" w:rsidRPr="00D1468F" w:rsidRDefault="002E6855" w:rsidP="002E6855">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификаттарды та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>быстау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>семинар жұмысын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D1468F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аяқтау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00216241" w:rsidRPr="006D7B04" w:rsidRDefault="00216241" w:rsidP="00216241">
+    <w:p w:rsidR="00A36737" w:rsidRPr="00D1468F" w:rsidRDefault="00A36737" w:rsidP="00A9490A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00216241" w:rsidRPr="006D7B04" w:rsidRDefault="00216241" w:rsidP="00216241">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="00B96287" w:rsidRPr="006D7B04" w:rsidSect="00F45FBD">
+    <w:sectPr w:rsidR="00A36737" w:rsidRPr="00D1468F" w:rsidSect="00AA1458">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="991" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1FF127EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C19ADFDE"/>
     <w:lvl w:ilvl="0" w:tplc="C972B0E4">
       <w:start w:val="9"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3463,322 +3587,253 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="78"/>
+  <w:zoom w:percent="73"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00124DE6"/>
-    <w:rsid w:val="00002D41"/>
     <w:rsid w:val="00014297"/>
     <w:rsid w:val="0002157A"/>
     <w:rsid w:val="00022A59"/>
     <w:rsid w:val="00027955"/>
     <w:rsid w:val="00031A79"/>
     <w:rsid w:val="00034C96"/>
-    <w:rsid w:val="00062636"/>
-    <w:rsid w:val="00067577"/>
+    <w:rsid w:val="0003642C"/>
+    <w:rsid w:val="0005613E"/>
     <w:rsid w:val="000740D2"/>
     <w:rsid w:val="000A5F7B"/>
     <w:rsid w:val="000A7702"/>
-    <w:rsid w:val="000B26ED"/>
-    <w:rsid w:val="000C3CBA"/>
+    <w:rsid w:val="000B7905"/>
+    <w:rsid w:val="000C0420"/>
     <w:rsid w:val="000C591B"/>
-    <w:rsid w:val="000D7E59"/>
-    <w:rsid w:val="0012223E"/>
     <w:rsid w:val="00124DE6"/>
     <w:rsid w:val="001359D6"/>
     <w:rsid w:val="00147F56"/>
-    <w:rsid w:val="00160FA2"/>
     <w:rsid w:val="00170FCC"/>
-    <w:rsid w:val="001B2CD6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001D181B"/>
+    <w:rsid w:val="001B29EF"/>
     <w:rsid w:val="001D3FE4"/>
+    <w:rsid w:val="001E1E07"/>
     <w:rsid w:val="001E20D0"/>
     <w:rsid w:val="001E5EBE"/>
-    <w:rsid w:val="00201FD3"/>
-    <w:rsid w:val="002059B1"/>
     <w:rsid w:val="002138DF"/>
     <w:rsid w:val="00216241"/>
     <w:rsid w:val="002163CF"/>
-    <w:rsid w:val="00222CAA"/>
     <w:rsid w:val="002331B1"/>
-    <w:rsid w:val="00235286"/>
     <w:rsid w:val="002819F3"/>
     <w:rsid w:val="00286F2D"/>
     <w:rsid w:val="002902EE"/>
-    <w:rsid w:val="0029096B"/>
     <w:rsid w:val="00295927"/>
-    <w:rsid w:val="002A0D4A"/>
     <w:rsid w:val="002A604C"/>
     <w:rsid w:val="002A6C83"/>
     <w:rsid w:val="002C5E2C"/>
-    <w:rsid w:val="002E2D84"/>
-    <w:rsid w:val="002E5A6A"/>
+    <w:rsid w:val="002D053F"/>
+    <w:rsid w:val="002E6855"/>
     <w:rsid w:val="002E7A98"/>
-    <w:rsid w:val="002F1245"/>
-    <w:rsid w:val="002F355F"/>
     <w:rsid w:val="00303C24"/>
-    <w:rsid w:val="00317F8F"/>
+    <w:rsid w:val="003062D7"/>
     <w:rsid w:val="003223F9"/>
     <w:rsid w:val="003338DE"/>
-    <w:rsid w:val="00346BA6"/>
-    <w:rsid w:val="00360A8C"/>
     <w:rsid w:val="0036428A"/>
-    <w:rsid w:val="00390BF4"/>
-    <w:rsid w:val="00393137"/>
     <w:rsid w:val="003A6FA7"/>
-    <w:rsid w:val="003D3509"/>
-    <w:rsid w:val="003D3511"/>
     <w:rsid w:val="003D7FC0"/>
-    <w:rsid w:val="003E1AE8"/>
     <w:rsid w:val="003F3B38"/>
-    <w:rsid w:val="003F3C5C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00427628"/>
+    <w:rsid w:val="00425256"/>
+    <w:rsid w:val="00433BB8"/>
     <w:rsid w:val="00437512"/>
-    <w:rsid w:val="004649D3"/>
     <w:rsid w:val="00476F81"/>
+    <w:rsid w:val="0048011D"/>
     <w:rsid w:val="0048073E"/>
     <w:rsid w:val="00491269"/>
-    <w:rsid w:val="004962E7"/>
-    <w:rsid w:val="004971CB"/>
     <w:rsid w:val="004A1BF1"/>
+    <w:rsid w:val="004B62A0"/>
+    <w:rsid w:val="004B6EA3"/>
     <w:rsid w:val="004D5A14"/>
+    <w:rsid w:val="004E0699"/>
     <w:rsid w:val="004E1B6E"/>
     <w:rsid w:val="005047B1"/>
-    <w:rsid w:val="00513015"/>
     <w:rsid w:val="00516CE2"/>
-    <w:rsid w:val="00523A1B"/>
     <w:rsid w:val="00543925"/>
-    <w:rsid w:val="005476F1"/>
-    <w:rsid w:val="00552DB4"/>
     <w:rsid w:val="00560615"/>
     <w:rsid w:val="0056171F"/>
     <w:rsid w:val="005658C7"/>
+    <w:rsid w:val="0057332B"/>
     <w:rsid w:val="00594BD0"/>
-    <w:rsid w:val="005959FC"/>
+    <w:rsid w:val="005A375D"/>
+    <w:rsid w:val="005A5550"/>
     <w:rsid w:val="005A5DEE"/>
     <w:rsid w:val="005B3677"/>
     <w:rsid w:val="005B7E44"/>
-    <w:rsid w:val="005C5E9B"/>
+    <w:rsid w:val="005C4C7D"/>
     <w:rsid w:val="005D35FE"/>
     <w:rsid w:val="005F1E28"/>
-    <w:rsid w:val="005F50CC"/>
-    <w:rsid w:val="005F5BEB"/>
     <w:rsid w:val="0060398A"/>
     <w:rsid w:val="0061501D"/>
-    <w:rsid w:val="006228D4"/>
-    <w:rsid w:val="006277E4"/>
     <w:rsid w:val="006577CA"/>
     <w:rsid w:val="00695574"/>
     <w:rsid w:val="00695BA3"/>
-    <w:rsid w:val="006A5163"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006E035A"/>
     <w:rsid w:val="006E2EDA"/>
     <w:rsid w:val="006F6BD0"/>
-    <w:rsid w:val="00705460"/>
-    <w:rsid w:val="00713D3F"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="0075020E"/>
-    <w:rsid w:val="007509E1"/>
     <w:rsid w:val="00762077"/>
-    <w:rsid w:val="00774571"/>
+    <w:rsid w:val="00770414"/>
     <w:rsid w:val="007912B7"/>
     <w:rsid w:val="007A54A6"/>
-    <w:rsid w:val="007B1E45"/>
     <w:rsid w:val="007C6FBE"/>
-    <w:rsid w:val="007D7DA1"/>
     <w:rsid w:val="007E6E9A"/>
     <w:rsid w:val="0080647E"/>
     <w:rsid w:val="008116F8"/>
     <w:rsid w:val="00827FDA"/>
     <w:rsid w:val="00832565"/>
-    <w:rsid w:val="00836548"/>
-    <w:rsid w:val="00836AD4"/>
     <w:rsid w:val="00837A23"/>
     <w:rsid w:val="008A2D62"/>
-    <w:rsid w:val="008A40EE"/>
     <w:rsid w:val="008B0EBA"/>
     <w:rsid w:val="008B1027"/>
     <w:rsid w:val="008B2BF2"/>
     <w:rsid w:val="008D028D"/>
-    <w:rsid w:val="008D40E3"/>
     <w:rsid w:val="00921BCC"/>
-    <w:rsid w:val="00921CED"/>
     <w:rsid w:val="009246CE"/>
     <w:rsid w:val="0093176B"/>
     <w:rsid w:val="00931843"/>
-    <w:rsid w:val="009339E6"/>
     <w:rsid w:val="00947ED8"/>
-    <w:rsid w:val="00976116"/>
+    <w:rsid w:val="00981DD1"/>
     <w:rsid w:val="009A0A8F"/>
     <w:rsid w:val="009A21C2"/>
-    <w:rsid w:val="009A2E93"/>
     <w:rsid w:val="009B3739"/>
-    <w:rsid w:val="009B6438"/>
     <w:rsid w:val="009E6F67"/>
     <w:rsid w:val="009F0978"/>
     <w:rsid w:val="00A15B2F"/>
-    <w:rsid w:val="00A24DD9"/>
     <w:rsid w:val="00A273D2"/>
     <w:rsid w:val="00A32725"/>
+    <w:rsid w:val="00A36737"/>
     <w:rsid w:val="00A441CF"/>
     <w:rsid w:val="00A54B8A"/>
-    <w:rsid w:val="00A8113E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB18B9"/>
+    <w:rsid w:val="00A9490A"/>
+    <w:rsid w:val="00AA1458"/>
     <w:rsid w:val="00AB2539"/>
     <w:rsid w:val="00AB463D"/>
     <w:rsid w:val="00AC0B36"/>
     <w:rsid w:val="00AC7C7E"/>
     <w:rsid w:val="00AE4205"/>
-    <w:rsid w:val="00AE6BF7"/>
     <w:rsid w:val="00AE6CF2"/>
     <w:rsid w:val="00AF742E"/>
     <w:rsid w:val="00B0707B"/>
     <w:rsid w:val="00B11BB9"/>
     <w:rsid w:val="00B17FF1"/>
-    <w:rsid w:val="00B26D2B"/>
     <w:rsid w:val="00B307B1"/>
     <w:rsid w:val="00B33CBB"/>
     <w:rsid w:val="00B3696B"/>
-    <w:rsid w:val="00B5710B"/>
+    <w:rsid w:val="00B477B7"/>
     <w:rsid w:val="00B644D4"/>
-    <w:rsid w:val="00B6459E"/>
     <w:rsid w:val="00B76149"/>
     <w:rsid w:val="00B81F03"/>
     <w:rsid w:val="00B91107"/>
     <w:rsid w:val="00B96287"/>
     <w:rsid w:val="00BA6D02"/>
-    <w:rsid w:val="00BC094B"/>
     <w:rsid w:val="00BD58FE"/>
-    <w:rsid w:val="00C13BE6"/>
+    <w:rsid w:val="00C077A9"/>
     <w:rsid w:val="00C32A5D"/>
     <w:rsid w:val="00C43F1E"/>
     <w:rsid w:val="00C4492A"/>
-    <w:rsid w:val="00C52959"/>
-    <w:rsid w:val="00C53FCC"/>
     <w:rsid w:val="00CA3761"/>
     <w:rsid w:val="00CB4C36"/>
     <w:rsid w:val="00CB7CE1"/>
     <w:rsid w:val="00CC120C"/>
     <w:rsid w:val="00CD0CDB"/>
     <w:rsid w:val="00CD3178"/>
     <w:rsid w:val="00CE1BE5"/>
     <w:rsid w:val="00CE46C4"/>
-    <w:rsid w:val="00CF262B"/>
-    <w:rsid w:val="00CF597F"/>
+    <w:rsid w:val="00CE602F"/>
     <w:rsid w:val="00D100A9"/>
     <w:rsid w:val="00D12AE4"/>
-    <w:rsid w:val="00D162A9"/>
+    <w:rsid w:val="00D1468F"/>
     <w:rsid w:val="00D33778"/>
-    <w:rsid w:val="00D34484"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D52639"/>
     <w:rsid w:val="00D52EDC"/>
-    <w:rsid w:val="00D53DAA"/>
     <w:rsid w:val="00D54640"/>
     <w:rsid w:val="00D56291"/>
-    <w:rsid w:val="00D82213"/>
-    <w:rsid w:val="00D9018D"/>
     <w:rsid w:val="00D9098A"/>
     <w:rsid w:val="00D948A6"/>
-    <w:rsid w:val="00DA44F1"/>
     <w:rsid w:val="00DD43EF"/>
-    <w:rsid w:val="00DF32A0"/>
-    <w:rsid w:val="00DF5D54"/>
     <w:rsid w:val="00E413A4"/>
-    <w:rsid w:val="00E431AE"/>
     <w:rsid w:val="00E47E77"/>
     <w:rsid w:val="00E52F51"/>
     <w:rsid w:val="00E62E0E"/>
     <w:rsid w:val="00E84CD0"/>
     <w:rsid w:val="00EA28B1"/>
-    <w:rsid w:val="00EB21B7"/>
     <w:rsid w:val="00EB64AD"/>
     <w:rsid w:val="00ED5278"/>
     <w:rsid w:val="00EF292B"/>
-    <w:rsid w:val="00EF44C6"/>
-    <w:rsid w:val="00F00A16"/>
+    <w:rsid w:val="00EF4830"/>
     <w:rsid w:val="00F168EC"/>
     <w:rsid w:val="00F25F1A"/>
     <w:rsid w:val="00F327E3"/>
-    <w:rsid w:val="00F45FBD"/>
     <w:rsid w:val="00F50081"/>
     <w:rsid w:val="00F504B3"/>
     <w:rsid w:val="00F5210C"/>
+    <w:rsid w:val="00F55DAB"/>
     <w:rsid w:val="00F643D2"/>
     <w:rsid w:val="00F67822"/>
-    <w:rsid w:val="00F700DD"/>
     <w:rsid w:val="00F96613"/>
     <w:rsid w:val="00FA43C3"/>
-    <w:rsid w:val="00FB4AB3"/>
-    <w:rsid w:val="00FC1606"/>
+    <w:rsid w:val="00FB55C9"/>
     <w:rsid w:val="00FC2BA0"/>
+    <w:rsid w:val="00FC7AE5"/>
     <w:rsid w:val="00FD7723"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -3793,51 +3848,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3909,103 +3964,451 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004E1B6E"/>
+    <w:rsid w:val="00A36737"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B96287"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...4 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="00D523BC"/>
+    <w:rsid w:val="004E1B6E"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="span6">
+    <w:name w:val="span6"/>
+    <w:rsid w:val="003F3B38"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00543925"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A0A8F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A0A8F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D100A9"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D100A9"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D100A9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="a8"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D100A9"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D100A9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B96287"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B96287"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D1468F"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A36737"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B96287"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -4142,587 +4545,96 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00B96287"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B96287"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ad">
-[...463 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="13312583">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="112209275">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="120539991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="526866684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1076853580">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1718120345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1757940437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -5036,82 +4948,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70D043F8-725F-47CA-9FE0-68DE6807ECE2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78BBAA42-8D87-4E6B-A433-7081C69A4E45}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Предварительная%20программа%20семинара%20ИШТ%202016.dot</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>458</Words>
-  <Characters>2615</Characters>
+  <Words>457</Words>
+  <Characters>2605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3067</CharactersWithSpaces>
+  <CharactersWithSpaces>3056</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>