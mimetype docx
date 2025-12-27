--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -4,8722 +4,7657 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының № 14 жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 14  города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">аралас тілдегі физика  мұғалімі лауазымына </w:t>
+        <w:t xml:space="preserve">на должность учителя физики со смешанным языком обучения  (на вакантную должность)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...26 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
-        <w:tblW w:w="10137.0" w:type="dxa"/>
+        <w:tblW w:w="10314.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-            <w:gridCol w:w="4359"/>
+            <w:gridCol w:w="392"/>
+            <w:gridCol w:w="2274"/>
+            <w:gridCol w:w="7648"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...41 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № 14 города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
-[...22 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:shd w:fill="ffffff" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Катаева, 36 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="328" w:hRule="atLeast"/>
+          <w:trHeight w:val="264" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
-[...22 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:shd w:fill="ffffff" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) 68-35-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
-[...22 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sosh14@goo.edu.kz</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">мұғалімі, 24 сағат</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель физики со смешанным языком обучения,          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24 часа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="825" w:hRule="atLeast"/>
+          <w:trHeight w:val="274" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/мұғалім";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
-              <w:rPr>
-[...19 lines deleted...]
-          </w:tcPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел и суммативного оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-заполняет журналы (бумажные или электронные);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- создает условия для инклюзивного образования;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-журналдарды (қағаз немесе электрондық)толтырады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-оқу процесінде қарапайым бағдарламалық қамтамасыз етуді және ақпараттық-коммуникациялық технологиялардың қосымшаларын пайдаланады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-білім алушылар мен тәрбиеленушілердің мемлекеттік жалпыға міндетті білім беру стандартында көзделген деңгейден төмен емес тұлғалық, Жүйелік-қызметтік, пәндік нәтижелерге қол жеткізуін қамтамасыз етеді;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- участвует в педагогических консилиумах для родителей;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-оқу бағдарламаларын, оның ішінде ерекше білім берілуіне қажеттілігі бар білім алушыларға арналған бағдарламаларды әзірлеуге және орындауға қатысады, оқу жоспарына және оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-консультирует родителей;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтарын және бейімділіктерін зерделейді;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-повышает профессиональную компетентность;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-инклюзивті білім беру үшін жағдай жасайды;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-ерекше білім беру қажеттіліктері бар білім алушының жеке қажеттіліктерін ескере отырып, оқу бағдарламаларын бейімдейді;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-арнайы білім беру ұйымдарында оқытылатын пәннің ерекшелігін ескере отырып, дамудағы ауытқуларды барынша еңсеруге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу бойынша жұмысты жүзеге асырады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">-интерактивті оқу материалдары мен цифрлық білім беру ресурстарын пайдалана отырып, қашықтықтан оқыту режимінде сабақтар ұйымдастырады;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve">-білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="638" w:hRule="atLeast"/>
+          <w:trHeight w:val="639" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
-[...100 lines deleted...]
-              <w:t xml:space="preserve">- жоғары білім (min): 145000 теңге</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): 137000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): 145000 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
-[...106 lines deleted...]
-              <w:t xml:space="preserve">- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="423" w:hRule="atLeast"/>
+          <w:trHeight w:val="105" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
-[...32 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.11 - 14.11. </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">.2022</w:t>
+              <w:t xml:space="preserve">4.11- 14.11. 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr>
-[...4 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">1) 10-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) справку</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">2) </w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...36 lines deleted...]
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) заполненный</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...190 lines deleted...]
-              <w:t xml:space="preserve">Бағалау парағы;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="10314.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0.0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="5495"/>
+            <w:gridCol w:w="4819"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="781" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+              <w:t xml:space="preserve">Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нысан</w:t>
+              <w:t xml:space="preserve">государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(государственный орган, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( Ф.И.О. кандидата (при его наличии), ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявление</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
-        <w:spacing w:after="0" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(конкурс жариялаған мемлекеттік орган)</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">_____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(лауазымы, жұмыс орны)</w:t>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
-        <w:spacing w:after="0" w:lineRule="auto"/>
-[...285 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table2"/>
-        <w:tblW w:w="9923.0" w:type="dxa"/>
+        <w:tblStyle w:val="Table3"/>
+        <w:tblW w:w="10065.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="108.0" w:type="dxa"/>
+        <w:tblInd w:w="108.0" w:type="pct"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="2127"/>
-            <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-            <w:gridCol w:w="2977"/>
+            <w:gridCol w:w="2976"/>
+            <w:gridCol w:w="2197"/>
+            <w:gridCol w:w="2765"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="1052" w:hRule="atLeast"/>
+          <w:trHeight w:val="760" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+              <w:t xml:space="preserve">Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқу орнының атауы</w:t>
+              <w:t xml:space="preserve">Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқу кезеңі</w:t>
-[...5 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом бойынша мамандығы</w:t>
-[...12 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve">по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="895" w:hRule="atLeast"/>
+          <w:trHeight w:val="749" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие квалификационной категории (дата присвоения/подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: _</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Награды, звания, степень, ученая степень, ученое звание </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_____________________________________________________________</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">:_________________________________________________________</w:t>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«_____»_____________20___года              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(подпись)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...193 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...82 lines deleted...]
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3"/>
-        <w:tblW w:w="10137.0" w:type="dxa"/>
+        <w:tblStyle w:val="Table4"/>
+        <w:tblW w:w="10314.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="5920"/>
-            <w:gridCol w:w="4217"/>
+            <w:gridCol w:w="4394"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="781" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+              <w:t xml:space="preserve">Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+              <w:t xml:space="preserve">назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+              <w:t xml:space="preserve">освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+              <w:t xml:space="preserve">первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нысан</w:t>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
-[...25 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table4"/>
-        <w:tblW w:w="10106.000000000002" w:type="dxa"/>
+        <w:tblStyle w:val="Table5"/>
+        <w:tblW w:w="10423.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="115.0" w:type="dxa"/>
+        <w:tblInd w:w="0.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-            <w:gridCol w:w="992"/>
+            <w:gridCol w:w="501"/>
+            <w:gridCol w:w="1842"/>
+            <w:gridCol w:w="2127"/>
+            <w:gridCol w:w="5103"/>
+            <w:gridCol w:w="850"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="521" w:hRule="atLeast"/>
+          <w:trHeight w:val="366" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:spacing w:after="20" w:lineRule="auto"/>
               <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:rtl w:val="0"/>
-[...182 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve">Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="966" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
-[...137 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="952" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ученая/ академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
-[...137 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...23 lines deleted...]
-          </w:tcPr>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...32 lines deleted...]
-          </w:tcPr>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...32 lines deleted...]
-          </w:tcPr>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...16 lines deleted...]
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...265 lines deleted...]
-              <w:t xml:space="preserve">60-тан 70-ке дейін = 3 балл</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией «педагог-эксперт»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
-                <w:rtl w:val="0"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...287 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...265 lines deleted...]
-              <w:t xml:space="preserve">60-тан 70 балға дейін=5 балл</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией «педагог-мастер»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...11 lines deleted...]
-          </w:p>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...352 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="1367" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/ Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
-[...210 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="807" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
-[...137 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
-[...111 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="797" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
-[...111 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000105">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:i w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при осуществлении трудовой деятельности)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
-[...111 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма  = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:firstLine="0"/>
-[...325 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
-[...111 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
-[...215 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация полиязычия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000135">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
-[...22 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
-[...90 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TOEFL; DELF;</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...110 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe Zertifikat, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, «Өрлеу» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000133">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013F">
-[...2 lines deleted...]
-              <w:ind w:left="20" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15.0" w:type="dxa"/>
+              <w:top w:w="45.0" w:type="dxa"/>
+              <w:left w:w="75.0" w:type="dxa"/>
+              <w:bottom w:w="45.0" w:type="dxa"/>
+              <w:right w:w="75.0" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000142">
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000145">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
-      <w:pgMar w:bottom="851" w:top="794" w:left="1134" w:right="851" w:header="709" w:footer="709"/>
+      <w:pgMar w:bottom="737" w:top="737" w:left="1077" w:right="794" w:header="709" w:footer="709"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Arial"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="kk-KZ"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -8830,101 +7765,114 @@
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
-        <w:left w:w="115.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
-        <w:left w:w="115.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
-        <w:left w:w="115.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
-        <w:left w:w="115.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>