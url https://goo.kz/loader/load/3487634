--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -4,7655 +4,8720 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 14  города Павлодара» объявляет конкурс </w:t>
+        <w:t xml:space="preserve"> «Павлодар қаласының № 14 жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">на должность учителя математики  (на вакантную должность)</w:t>
+        <w:t xml:space="preserve"> математика мұғалімі лауазымына </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жариялайды(бос лауазымға)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
-        <w:tblW w:w="10314.0" w:type="dxa"/>
+        <w:tblW w:w="10137.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-            <w:gridCol w:w="7648"/>
+            <w:gridCol w:w="514"/>
+            <w:gridCol w:w="2765"/>
+            <w:gridCol w:w="2499"/>
+            <w:gridCol w:w="4359"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="711" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
-            </w:r>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="20"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 14 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="453" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
-[...20 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:shd w:fill="ffffff" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Катаева, 36 </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Катаев көшесі, 36 </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="264" w:hRule="atLeast"/>
+          <w:trHeight w:val="328" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
-[...20 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:shd w:fill="ffffff" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) 68-35-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="203" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
-[...20 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sosh14@goo.edu.kz</w:t>
-            </w:r>
-[...3 lines deleted...]
-              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">16 часов</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аралас тілдегі математика мұғалімі, 16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="274" w:hRule="atLeast"/>
+          <w:trHeight w:val="825" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
-[...20 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-журналдарды (қағаз немесе электрондық)толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-оқу процесінде қарапайым бағдарламалық қамтамасыз етуді және ақпараттық-коммуникациялық технологиялардың қосымшаларын пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім алушылар мен тәрбиеленушілердің мемлекеттік жалпыға міндетті білім беру стандартында көзделген деңгейден төмен емес тұлғалық, Жүйелік-қызметтік, пәндік нәтижелерге қол жеткізуін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-оқу бағдарламаларын, оның ішінде ерекше білім берілуіне қажеттілігі бар білім алушыларға арналған бағдарламаларды әзірлеуге және орындауға қатысады, оқу жоспарына және оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтарын және бейімділіктерін зерделейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-инклюзивті білім беру үшін жағдай жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ерекше білім беру қажеттіліктері бар білім алушының жеке қажеттіліктерін ескере отырып, оқу бағдарламаларын бейімдейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-арнайы білім беру ұйымдарында оқытылатын пәннің ерекшелігін ескере отырып, дамудағы ауытқуларды барынша еңсеруге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу бойынша жұмысты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-интерактивті оқу материалдары мен цифрлық білім беру ресурстарын пайдалана отырып, қашықтықтан оқыту режимінде сабақтар ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- әдістемелік бірлестіктердің, мұғалімдер қауымдастығының, әдістемелік, педагогикалық кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ата-аналарға арналған педагогикалық консилиумдарға қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ата-аналарға кеңес береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-кәсіби құзыреттілікті арттырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">-прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ата-аналармен немесе олардың орнындағы адамдармен ынтымақтастықты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="639" w:hRule="atLeast"/>
+          <w:trHeight w:val="638" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
-[...80 lines deleted...]
-              <w:t xml:space="preserve">- высшее образование (min): 145000 тенге</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): 137000 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): 145000 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
-[...38 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптары</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="105" w:hRule="atLeast"/>
+          <w:trHeight w:val="423" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">4.11-14.11.2022</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.11 </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14.11.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">1) </w:t>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) 10-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">2) документ,</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтініш</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">3) заполненный</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">4) </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">5)  копию документа, подтверждающую</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve">6) </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">денсаулық жағдайы туралы анықтама;</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">8) </w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">9) </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="21"/>
-[...34 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...41 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="781" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+              <w:t xml:space="preserve">бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+              <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+              <w:t xml:space="preserve">қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">государственных организаций образования</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Форма</w:t>
+              <w:t xml:space="preserve">Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
-[...33 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(государственный орган, объявивший конкурс)</w:t>
-[...244 lines deleted...]
-        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">________________________________________________________</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">_____________________________________________________</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сообщаю о себе следующие сведения:</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініш</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3"/>
-        <w:tblW w:w="9917.0" w:type="dxa"/>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="9923.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="108.0" w:type="pct"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2115"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2724"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="2115"/>
-[...2 lines deleted...]
-            <w:gridCol w:w="2724"/>
+            <w:gridCol w:w="2127"/>
+            <w:gridCol w:w="3260"/>
+            <w:gridCol w:w="1559"/>
+            <w:gridCol w:w="2977"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="760" w:hRule="atLeast"/>
+          <w:trHeight w:val="1052" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Образование: высшее или послевузовское</w:t>
+              <w:t xml:space="preserve">Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+              <w:t xml:space="preserve">Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">учебного заведения</w:t>
+              <w:t xml:space="preserve">Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Период обучения</w:t>
-[...5 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+              <w:t xml:space="preserve">Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">по диплому</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="749" w:hRule="atLeast"/>
+          <w:trHeight w:val="895" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
-[...286 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________</w:t>
+      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">а также дополнительные сведения (при наличии)</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогикалық жұмыс өтілі:</w:t>
+      </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Келесі жұмыс нәтижелерім бар</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">:_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:br w:type="textWrapping"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">(подпись)</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20_____ жылғы «____»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table4"/>
-        <w:tblW w:w="10314.0" w:type="dxa"/>
+        <w:tblStyle w:val="Table3"/>
+        <w:tblW w:w="10137.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="5920"/>
-            <w:gridCol w:w="4394"/>
+            <w:gridCol w:w="4217"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="781" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+              <w:t xml:space="preserve">бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+              <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+              <w:t xml:space="preserve">қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> государственных организаций образования</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Форма</w:t>
+              <w:t xml:space="preserve">Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t xml:space="preserve">Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">(Т.Ә.А. (болған жағдайда))</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table5"/>
-        <w:tblW w:w="10423.0" w:type="dxa"/>
+        <w:tblStyle w:val="Table4"/>
+        <w:tblW w:w="10106.000000000002" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="0.0" w:type="dxa"/>
+        <w:tblInd w:w="115.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
-            <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-            <w:gridCol w:w="850"/>
+            <w:gridCol w:w="467"/>
+            <w:gridCol w:w="1701"/>
+            <w:gridCol w:w="1985"/>
+            <w:gridCol w:w="4961"/>
+            <w:gridCol w:w="992"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="366" w:hRule="atLeast"/>
+          <w:trHeight w:val="521" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+            <w:pPr>
+              <w:spacing w:after="20" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="18"/>
-[...117 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оценка</w:t>
+              <w:t xml:space="preserve">№</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+            <w:pPr>
+              <w:spacing w:after="20" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өлшемшарттар</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+            <w:pPr>
+              <w:spacing w:after="20" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Растайтын құжат</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+            <w:pPr>
+              <w:spacing w:after="20" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға дейін)</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
+            <w:pPr>
+              <w:spacing w:after="20" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+            <w:pPr>
+              <w:spacing w:after="20" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="966" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Уровень образования</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім деңгейі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Диплом об образовании</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы диплом</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары күндізгі = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
-[...91 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="952" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Ученая/ академическая степень</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми/ академиялық дәрежесі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Диплом об образовании</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы диплом</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр немесе жоғары білімі бар маман = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PHD-докторы = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылым докторы = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылым кандидаты = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
-[...91 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">3</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Национальное квалификационное тестирование</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұлттық біліктілік тестілеуі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Сертификат</w:t>
             </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-модератор» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
-[...1058 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="1367" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">4</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Біліктілігі/ Санаты.</w:t>
+            </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
-[...26 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Куәлік, өзге де құжат</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 санат - 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары санатты - 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-модератор - 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-шебер = 10 балл</w:t>
+            </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
-[...154 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="807" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">5</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Стаж педагогической деятельности</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогикалық қызмет өтілі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 жылдан және одан артық = 3</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">6</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000105">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әдіскер= 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор орынбасары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
-[...84 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="797" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">7</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Приложение к диплому об образовании</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім туралы дипломға қосымша</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«өте жақсы» = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«жақсы» = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000105">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">8</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000106">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">(при осуществлении трудовой деятельности)</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Письмо</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">9</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Показатели профессиональных достижений</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіби жетістіктердің көрсеткіштері</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">- государственная награда</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- мемлекеттік награда</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылыми жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
-[...133 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">10</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Методическая деятельность</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік қызмет</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">-авторские работы и публикации</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
-[...67 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">11</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Общественно-педагогическая деятельность</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғамдық-педагогикалық қызмет</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">- реализация полиязычия</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- көшбасшылық</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000133">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
-[...127 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75" w:firstLine="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000135">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">12</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Курсовая подготовка</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курстық дайындық</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
-[...67 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TOEFL; DELF;</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Goethe Zertifikat, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcMar>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:fill="auto" w:val="clear"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Барлығы:</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="45.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75.0" w:type="dxa"/>
+              <w:top w:w="15.0" w:type="dxa"/>
+              <w:left w:w="15.0" w:type="dxa"/>
+              <w:bottom w:w="15.0" w:type="dxa"/>
+              <w:right w:w="15.0" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Максимальный балл – 83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максималды балл – 83</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
+            <w:pPr>
+              <w:spacing w:after="0" w:lineRule="auto"/>
+              <w:ind w:left="20" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000145">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000146">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
-      <w:pgMar w:bottom="737" w:top="737" w:left="1077" w:right="794" w:header="709" w:footer="709"/>
+      <w:pgMar w:bottom="851" w:top="794" w:left="1134" w:right="851" w:header="709" w:footer="709"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Arial"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU"/>
+        <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -7803,74 +8868,58 @@
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
-        <w:left w:w="108.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
-[...12 lines deleted...]
-        <w:right w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>