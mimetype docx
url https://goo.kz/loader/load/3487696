--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -1,1905 +1,12612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="00401673" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
-[...45 lines deleted...]
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №7 сәбилер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...37 lines deleted...]
-        <w:t>стр</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>әсіпорын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002519FA">
-[...50 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...4 lines deleted...]
-        <w:t>edu</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Минин к. 31 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>құрылыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тел. 51-80-26, э/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>: sad7@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002519FA">
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="004C0294" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002519FA">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>воспитател</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>я.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>  тәрбиеші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>орналасу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ашық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байқау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>Конкурс проводится</w:t>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БҒМ 2012  жылғы 21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">на основании приказа МОН РК от 21февраля  2012 года </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>№ 57 «О порядке проведения конкурса на занятие должности педагога государственных организаций образования».</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Конкурстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>өткізілеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.11.-15.11..2022 ж. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Минин </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>құрылыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00C417CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
-        </w:rPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">07.11.2022-15.11.2022 г. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...35 lines deleted...]
-        <w:t>31</w:t>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...16 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t> 1) публикация объявления о проведении конкурса;</w:t>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе;</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) конкурстық комиссияның  отырысы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов;</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді берудің мерзімі мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұқаралық ақпарат құралдарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарландыру шыққан күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымға орналасуға құжаттар Павлодар қаласы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Минин </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылыс «Павлодар қаласы №7 сәбилер бақшасы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылданады (электрондық пошта  арқылы немесе қағаз түрінде)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> конкурсной комиссии.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>         Біліктілік талаптары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>    тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
-        </w:rPr>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> (по электронной почте или на бумажном носителе).</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрбиеші қызметінің денсаулық сақтау функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық, қозғалыс, көркемөнер, еңбекке баулу және т.б.) жетекшілік етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақының мөлшері тәрбиешілерге  еңбек өтіліне , біліміне байланысты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
+      <w:r w:rsidRPr="00943212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...26 lines deleted...]
-        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) соттылығының жоқ екендігі туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Педагогической деятельности на основе отечественных и зарубежных научно-исследовательских работ, авторских произведений и их применением в процессе работы.</w:t>
+      <w:r w:rsidRPr="00943212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>8 (7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ім беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші басшыларымен `````````````````````</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерін лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымнан босату қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>Хорошо владеет компьютерной грамотностью и информационно-коммуникационной компетентностью.</w:t>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.)(болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9114" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="521"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл саны(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00943212" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імі бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00943212" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="000445D5" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000445D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="000445D5" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000445D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="000445D5" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000445D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="000445D5" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000445D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балғадейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="000445D5" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000445D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="000445D5" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000445D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балғадейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балғадейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғарысанатты-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтежақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Үздік педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>онкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Үздік педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>онкурсыныңжүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>медаль «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»– 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00943212" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘКтізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) ОӘ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы– 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы– 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00943212" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="002061DA" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>», «Microsoft-пен жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="002061DA" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002061DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «Өрлеу»курстары– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00943212" w:rsidRPr="002061DA" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002061DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002061DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00BB7144" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB7144">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Мемлекеттік білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтерін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындау,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымнан босату қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                                                                                              10-қосымша нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           Конкурс Жариялаған мемлекеттік орган кандидаттың </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             Т.А.Ә.(болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      (лауазымы, жұмысорны)                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          Нақты тұратын жері, тіркелген мекенжайы,                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                                                                                       байланыс телефоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...47 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="708"/>
+        <w:ind w:left="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...16 lines deleted...]
-        <w:t>, необходимых для участия в конкурсе:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>бос/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>керегінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
-[...45 lines deleted...]
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>            3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. (Лауазымы, ұйымныңатауы, мекен-жайы) (облыс, аудан, қала/ауыл) Өзім туралы мынадай мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9647" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3415"/>
+        <w:gridCol w:w="2171"/>
+        <w:gridCol w:w="4061"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4061" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidTr="00CD07F8">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4061" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00CD07F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C417CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>үні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002519FA">
-[...6 lines deleted...]
-        <w:t>          4) копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов;</w:t>
+      <w:r w:rsidRPr="00C417CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...365 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED4C7E" w:rsidRPr="00C76CB7" w:rsidRDefault="00ED4C7E">
+    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00ED4C7E" w:rsidRPr="00C76CB7">
+    <w:p w:rsidR="00B82904" w:rsidRDefault="00B82904"/>
+    <w:sectPr w:rsidR="00B82904">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C76CB7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED4C7E"/>
+    <w:rsidRoot w:val="00943212"/>
+    <w:rsid w:val="00943212"/>
+    <w:rsid w:val="00B82904"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2070,65 +12777,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...13 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2386,55 +13078,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4513</Characters>
+  <Pages>4</Pages>
+  <Words>1518</Words>
+  <Characters>8653</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5294</CharactersWithSpaces>
+  <CharactersWithSpaces>10151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Седмой</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>