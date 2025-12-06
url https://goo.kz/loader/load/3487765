--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,791 +1,1123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="3621859E" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
-[...13 lines deleted...]
-    <w:p w14:paraId="3F0FE19B" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="5F4EBDAA" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="6ACF1219" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00EA0DE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="24F64624" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DE7" w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="16ED8CB3" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Специальный детский сад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9915" w:type="dxa"/>
+        <w:tblW w:w="9919" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="487"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1837"/>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="2066"/>
+        <w:gridCol w:w="1847"/>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1838"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00670FA6" w14:paraId="0640B684" w14:textId="77777777" w:rsidTr="00670FA6">
+      <w:tr w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidTr="00322055">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="323B7CA7" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk118362096"/>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F29F367" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">ФИО               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="776B7CFF" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
+              <w:t>Образование</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71A746E2" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39573CDF" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтижелер</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62C6F8B9" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="00322055">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескерту</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00670FA6" w14:paraId="0A33C526" w14:textId="77777777" w:rsidTr="00670FA6">
+      <w:tr w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidTr="00322055">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA6893E" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EEBFE91" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="00EA0DE7" w:rsidP="005D6297">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Надия  Айбековна Касымова </w:t>
+              <w:t>Касымова Надия  Айбековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E91E201" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>жоғары</w:t>
+            <w:r w:rsidRPr="00EA0DE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1697" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D983EB1" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="00EA0DE7" w:rsidP="005D6297">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Қазақ тілі мұғалімі</w:t>
+            <w:r w:rsidRPr="00EA0DE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6297" w:rsidRPr="00EA0DE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>читель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA0DE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахского языка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14A9EFBC" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>байқау</w:t>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="565EB432" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6">
+          <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA0DE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="7F1EF441" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="0741E870" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA0DE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="067EB568" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">                                                                      Шершн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0DE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="46020A68" w14:textId="77777777" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ёва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57561763" w14:textId="0CCF2901" w:rsidR="00670FA6" w:rsidRDefault="00670FA6" w:rsidP="00670FA6">
+    <w:p w:rsidR="005D6297" w:rsidRPr="00B16EBF" w:rsidRDefault="00EA0DE7" w:rsidP="005D6297">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA0DE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2022 жылғы 0</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00777163">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EA0DE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараша</w:t>
-[...14 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6297" w:rsidRPr="00EA0DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6297" w:rsidRPr="00B16EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2022 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D6297" w:rsidRPr="00EA0DE7" w:rsidRDefault="005D6297" w:rsidP="005D6297">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24B41BFE" w14:textId="77777777" w:rsidR="009F26BC" w:rsidRDefault="009F26BC"/>
-    <w:sectPr w:rsidR="009F26BC">
+    <w:p w:rsidR="005D6297" w:rsidRDefault="005D6297" w:rsidP="00565093">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0062651B" w:rsidRPr="00B16EBF" w:rsidRDefault="0062651B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="00B16EBF" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRDefault="000B506E" w:rsidP="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRDefault="000B506E" w:rsidP="000B506E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000B506E" w:rsidRPr="000B506E" w:rsidRDefault="000B506E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000B506E" w:rsidRPr="000B506E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -799,81 +1131,89 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A276D7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A276D7"/>
+    <w:rsidRoot w:val="00565093"/>
+    <w:rsid w:val="00081CC7"/>
+    <w:rsid w:val="000B506E"/>
+    <w:rsid w:val="00565093"/>
+    <w:rsid w:val="005D6297"/>
+    <w:rsid w:val="0062651B"/>
+    <w:rsid w:val="00777163"/>
+    <w:rsid w:val="00B16EBF"/>
+    <w:rsid w:val="00D10EF5"/>
+    <w:rsid w:val="00EA0DE7"/>
+    <w:rsid w:val="00EC51CF"/>
+    <w:rsid w:val="00F65579"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="40A0EB52"/>
+  <w14:docId w14:val="27DCCC77"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B8713215-416B-412D-AC64-0F8C0BBFB78A}"/>
+  <w15:docId w15:val="{4612F06D-5CD2-482A-AFA0-850EE108BF31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1230,89 +1570,89 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00670FA6"/>
+    <w:rsid w:val="00565093"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="951203315">
+    <w:div w:id="795759875">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1592,54 +1932,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>63</Words>
-  <Characters>361</Characters>
+  <Words>65</Words>
+  <Characters>376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>423</CharactersWithSpaces>
+  <CharactersWithSpaces>440</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>