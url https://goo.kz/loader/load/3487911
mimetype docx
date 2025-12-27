--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,10022 +1,6696 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КГКП «</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Дошкольная гимназия</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиеші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="005104BF" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағайындауға</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510" w:rsidRPr="00672510">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-        <w:t>языком обучения.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00004D0A" w:rsidRDefault="00DF3FCB" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00124F76" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00D3649F" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...41 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="000E28CE" w:rsidRDefault="009744AE" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05D5D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD25B2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3127B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж,сағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510" w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
       <w:r>
-        <w:t>КГКП «</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>города Павлодара»  г</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
-        <w:t>.П</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">авлодар, улица </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="005B4A9E">
+        <w:r w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04F39" w:rsidRPr="00B531BC" w:rsidRDefault="00D04F39" w:rsidP="002C4C62">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000B5799" w:rsidRDefault="005104BF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік тілде оқытылатын 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ные</w:t>
+        <w:t xml:space="preserve"> тәрбиешінің,</w:t>
       </w:r>
       <w:r w:rsidR="00672510">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>(оның ішінде 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53AEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C8534A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиеші декреттік демалыс кезеніне</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>и 3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00672510">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="000B5799">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>воспитателей  (в том числе 1 воспитатель</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>бос лауазымына орна</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на период декретного отпуска) с казахским языком обучения. </w:t>
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B531BC" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A4075" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР БҒМ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21 ақпандағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік біл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымдарының педагоглауазымына орналасуға конкурс өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194DDD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00C2426C" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="a3"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>: </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстық комиссияның  отырысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00D3649F" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="009144D3" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...77 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...138 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="006424F8" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және электрондық пошта  арқылықабылдана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00124F76" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...10 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ке қойлптын  талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-      <w:pPr>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Квалификационные требования:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еші қызметінің денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қозғалыс, көркемөнер, еңбекке баулу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және т.б.) жетекшілік етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...717 lines deleted...]
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="001315D5" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
+    <w:p w:rsidR="003200E5" w:rsidRDefault="00554BAF" w:rsidP="003200E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>Заработная плата</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақының мөлшері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешілерге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек өтіліне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, біліміне</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53AEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, санатына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="009144D3" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:t>сред</w:t>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулыбілім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>120000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="009144D3" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...29 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиешінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>100000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="008F5FA7" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="003200E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="FontStyle11"/>
-[...83 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z228" w:history="1">
+        <w:r w:rsidRPr="00ED66A4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00ED66A4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00460AA6" w:rsidRDefault="00D04F39" w:rsidP="00D04F39">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00ED66A4" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...159 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="00672510" w:rsidRDefault="00A53AEA" w:rsidP="00A53AEA">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттынақтылауүшінбайланыстелефондарыжәнеэлектрондықмекенжайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) 676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондыадресі </w:t>
+      </w:r>
       <w:r>
-        <w:t>Услугодатель</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad6@goo.edu.kz)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00194DDD" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00A53AEA" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...44 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-667"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="00E06C0E" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00A53AEA" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесеуақытша бос лауазымынакандидаттыңбағалаупарағы ____________________________________________________________ (Т.Ә.А. (болғанжағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="269"/>
+        <w:gridCol w:w="3386"/>
+        <w:gridCol w:w="3442"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="285"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімітуралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғарыкүндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғарысырттай / қашықтықтаноқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғарыбілімтуралыүздік диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімітуралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр немесежоғарыбілімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылымдокторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттықбіліктіліктестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-модератор" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-сарапшы" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-зерттеуші" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40 - тан 50 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-шебер" біліктіліксанатымен - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Біліктілігі/Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 санат -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметөтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылғадейін = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 жылдан 5 жылғадейін = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5 жылдан 10 жылғадейін = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10 жылданжәнеоданартық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызметтәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқаалғашкіріскенпедагогтарүшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімтуралыдипломғақосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"өтежақсы" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"жақсы" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алдыңғыжұмысорнынанұсыныс хат (еңбекқызметін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзегеасырукезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оңұсынысхаттыңболуы = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ұсыныс хат болмағанжағдайда – минус 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Терісұсынысхаттыңболуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктердіңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- білімалушылардыңдипломдары, олимпиадалар мен конкурстаржеңімпаздарыныңграмоталары, ғылымижобалары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мұғалімдер мен олимпиадаларжеңімпаздарыныңдипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсыныңжүлдегері – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "Қазақстанныңеңбексіңіргенұстазы" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- авторлықжұмыстаржәнежарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ тізбесінеенгізілгеноқулықтардыңжәне (немесе) ОӘК авторы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>немесетең авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>РОӘК – 2 тізбесінеенгізілгеноқулықтардыңжәне (немесе) ОӘК авторы немесетең авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>БҒССҚЕК, Scopus – 3 тізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- көптілділіктіжүзегеасыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБжетекшілігі -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>кәсіби-педагогикалыққауымдастықкөшбасшысы – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2 тілдеоқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 тілдеоқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- пәндікдайындықсертификаттары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- цифрлықсауаттылық сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>GoetheZertifikat, "Python-да бағдарламалаунегіздері", "Microsoft-пен жұмысістеудіоқыту" бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "Өрлеу" курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курстар - 0,5 балл (әрқайсысыжеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="21436" w:tblpY="-21884"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="324"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00E06C0E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> организаций образования</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00B22817" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t>Форма</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-қосымша </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00B22817" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-        <w:rPr>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00554BAF">
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000A49CC" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000A49CC" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000A49CC" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 15" o:spid="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMrVqLEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ5A7foYcVJCjfbf9j/33/cP9vtj//DrKwInZKqu1Bg23FW30mhV1Y2gHxQ4vBOP&#10;WSiIQav6jUgAkGy0sNnZpbI0O0E32tki3B+KwHYaUXg58KOgN4JaUfAF4dDWyCPjdi/dKP2KCYtD&#10;tjdKuxImYNkCJI2KJUCkZQHVfNlBPgrCgXs0JT+EBW3YCw8tfVSjUT+IzoPCNshh+cNhzyKex/Xa&#10;OAMWHoGBgHVLkWQta7rjDW2wEDE949tEVUKZBC2BXJshQIAgI/EPsXD2eazb0xwhoRnO20BiBG2w&#10;cjIqog0zc4QxUR1jmwvzohRbthTWpc9KB4c8egt+HAXbT1k5N+wwB8C9cYY91HA9Ki0Xi7wobG0L&#10;bqgMA39oc6NEkSfGadgouV5NC4m2xDS4/RgxAHYSJsWGJxYsYySZN7YmeeFsiC9sbuEWNikw99F2&#10;8OeRP5pfzC+iThQO5p3In80614tp1BksgmF/1ptNp7Pgi6EWROMsTxLGDbt2mgTR33VrM9fcHDjM&#10;kxMVJ2IX9vNUrHdKw+YCtLS/Ltdti7qeXonkHtpVCjceYZyDkQn5CaMaRmOM1ccNkQyj4jWH2TMK&#10;osjMUruI+sMQFvLYszr2EE4BKsYawwU35lS7+bupZL7O4KTAlpWLaxgTaW762c4Tx6pZwPizCppR&#10;bebr8dpGPf6hTH4DAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMrVqLEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>кандидаттыңТ.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAipJHTEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu0GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKkkdMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHXvhSEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqF2MEScV1Gj3bfdz9333YL8/dg+/viJwQqaaWo1gw119K41WVd8I+kGBwzvy&#10;mIWCGLRs3ogUAMlaC5udbSYrsxN0o60twv2+CGyrEYWXAz8K+kOoFQVfEMa2Rh4ZdXvpWulXTFgc&#10;srlR2pUwBcsWIG1VLAAiq0qo5sse8lEQDtyjLfk+LOjCXnho4aMGDc+D6DQo7IIclh/HfYt4Gtfv&#10;4gxYeAAGAlYdRZJ3rOmWt7TBQsT0jG8TVQtlErQAcl2GAAGCjMQ/xMLZp7FuT3uEhGY4bQOJEbTB&#10;0smoiTbMzBHGRE2CbS7Mi0ps2EJYlz4pHRzy6C35YRRsP2bl3LDDHAD3xhn2UMP1oLRczIuytLUt&#10;uaESB35sc6NEWaTGadgouVpOSok2xDS4/RgxAHYUJsWapxYsZySdtbYmRelsiC9tbuEWtikw99F2&#10;8OehP5xdzC6iXhQOZr3In0571/NJ1BvMg/h82p9OJtPgi6EWRKO8SFPGDbtumgTR33VrO9fcHNjP&#10;kyMVR2Ln9vNUrHdMw+YCtHS/Ltddi7qeXor0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EE4BKsEawwU35kS7+buuZbHK4aTAlpWLaxgTWWH62c4Tx6pdwPizCtpR&#10;bebr4dpGPf6hjH8DAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMde+FIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQdG6yEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqB1UipMKarT7tvu5+757sN8fu4dfXxE4IVNNrUaw4a6+lUarqm8E/aDA4R15&#10;zEJBDFo2b0QKgGSthc3ONpOV2Qm60dYW4X5fBLbViMLLgR8F/SHUioIvCGNbI4+Mur10rfQrJiwO&#10;2dwo7UqYgmULkLYqFgCRVSVU82UP+SgIB+7RlnwfFnRhLzy08FGDhudBdBoUdkEOy4/jvkU8jet3&#10;cQYsPAADAauOIsk71nTLW9pgIWJ6xreJqoUyCVoAuS5DgABBRuIfYuHs01i3pz1CQjOctoHECNpg&#10;6WTURBtm5ghjoibBNhfmRSU2bCGsS5+UDg559Jb8MAq2H7NybthhDoB74wx7qOF6UFou5kVZ2tqW&#10;3FCJAz+2uVGiLFLjNGyUXC0npUQbYhrcfowYADsKk2LNUwuWM5LOWluTonQ2xJc2t3AL2xSY+2g7&#10;+PPQH84uZhdRLwoHs17kT6e96/kk6g3mQXw+7U8nk2nwxVALolFepCnjhl03TYLo77q1nWtuDuzn&#10;yZGKI7Fz+3kq1jumYXMBWrpfl+uuRV1PL0V6D+0qhRuPMM7ByIX8hFEDozHB6uOaSIZR+ZrD7BkG&#10;UWRmqV1E53EIC3noWR56CKcAlWCN4YIbc6Ld/F3XsljlcFJgy8rFNYyJrDD9bOeJY9UuYPxZBe2o&#10;NvP1cG2jHv9Qxr8BAAD//wMAUEsDBBQABgAIAAAAIQD+uFec3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8MwDIXvSPyHyEjcWLKC1qk0nQCJCxJMDA4cvdZNy5qkNNnW/fu5p3Gynv30/L18&#10;NdpOHGgIrXca5jMFglzpq9YZDd9fr3dLECGiq7DzjjScKMCquL7KMav80X3SYRON4BAXMtTQxNhn&#10;UoayIYth5ntyfKv9YDGyHIysBjxyuO1kotRCWmwdf2iwp5eGyt1mbzU8/9ofpZZ/9Wm3nq/f6neD&#10;5sNofXszPj2CiDTGixkmfEaHgpm2fu+qIDrWyYK7RA3pPc/JoNL0AcR22iQgi1z+r1CcAQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB0brIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:lastRenderedPageBreak/>
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="95"/>
           <w:sz w:val="26"/>
-        </w:rPr>
-        <w:t>педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="009457BD" w:rsidP="002C4C62">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1jgczEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu2GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2CmhLiVIDEBQkqCgeO22TjhMbrELtt+vc4J3qc2dHsm3w1&#10;2k4caPCtYw3JTIEgLl3VstHw9flyswThA3KFnWPScCIPq+LyIsesckf+oMMmGBFL2GeooQmhz6T0&#10;ZUMW/cz1xPFWu8FiiHIwshrwGMttJ+dKLaTFluOHBnt6bqjcbfZWw9OP/VZq+Vufdutk/Vq/GTTv&#10;Ruvrq/HxAUSgMfyHYcKP6FBEpq3bc+VFF/V8EbcEDbdJCmIKqDS9A7GdnHuQRS7PJxR/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWOBzMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
-            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+          <v:group id="Группа 20" o:spid="_x0000_s1042" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqhcNMMIAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VXpSLRVbRQ&#10;ab1pBXN8ZJ9JMPs2ZleT/ntXEHocZuYbZrHqbCXu1PjSsYbRUIEgzpwpOddw/P16n4HwAdlg5Zg0&#10;/JGH1bL3tsDEuJb3dD+EXEQI+wQ1FCHUiZQ+K8iiH7qaOHpn11gMUTa5NA22EW4rOVZqKi2WHBcK&#10;rOmzoOxyuFkN5/R6CulHqn52JF032XjVbjOtB/1uPQcRqAv/4Vf722gYj+D5Jf4AuXwAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAqhcNMMIAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="009457BD" w:rsidP="002C4C62">
-[...25 lines deleted...]
-        </w:pict>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="48" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>лауазымы,ұйымныңатауы,мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (при его наличии))</w:t>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidTr="00E8097B">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Критерии</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Подтверждающийдокумент</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
-[...7129 lines deleted...]
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidTr="00E8097B">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>(подтверждения)):</w:t>
+        </w:rPr>
+        <w:t>күні):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="009457BD" w:rsidP="002C4C62">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00B22817" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="88" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00AA2DA3" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA2DA3">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidRDefault="003200E5" w:rsidP="003F6B23">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...112 lines deleted...]
-    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidSect="000554AB">
+    <w:sectPr w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -10335,97 +7009,97 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="86"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A13624"/>
     <w:rsid w:val="000554AB"/>
-    <w:rsid w:val="000801DF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002C4C62"/>
+    <w:rsid w:val="000A49CC"/>
+    <w:rsid w:val="000A4A0A"/>
+    <w:rsid w:val="000D6371"/>
+    <w:rsid w:val="000E28CE"/>
+    <w:rsid w:val="00177DE6"/>
+    <w:rsid w:val="0023526B"/>
+    <w:rsid w:val="00253087"/>
+    <w:rsid w:val="002938A2"/>
+    <w:rsid w:val="002E0E0A"/>
     <w:rsid w:val="003200E5"/>
-    <w:rsid w:val="00357572"/>
-    <w:rsid w:val="00454524"/>
+    <w:rsid w:val="003F6B23"/>
+    <w:rsid w:val="004C17BE"/>
     <w:rsid w:val="004F05BF"/>
+    <w:rsid w:val="00503661"/>
+    <w:rsid w:val="005104BF"/>
     <w:rsid w:val="00554BAF"/>
-    <w:rsid w:val="005B1B68"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00652B37"/>
+    <w:rsid w:val="0055623E"/>
+    <w:rsid w:val="00586CB1"/>
+    <w:rsid w:val="005A45B6"/>
+    <w:rsid w:val="005E634D"/>
     <w:rsid w:val="00672510"/>
     <w:rsid w:val="0068022E"/>
-    <w:rsid w:val="007B50B6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00A04B10"/>
+    <w:rsid w:val="007209BC"/>
+    <w:rsid w:val="007B1E49"/>
+    <w:rsid w:val="008A7FD2"/>
+    <w:rsid w:val="009744AE"/>
+    <w:rsid w:val="009A51AB"/>
     <w:rsid w:val="00A13624"/>
+    <w:rsid w:val="00A20DA0"/>
     <w:rsid w:val="00A53AEA"/>
-    <w:rsid w:val="00AE449F"/>
-    <w:rsid w:val="00BB5F4F"/>
+    <w:rsid w:val="00AA2DA3"/>
+    <w:rsid w:val="00BA6F41"/>
     <w:rsid w:val="00C2136D"/>
-    <w:rsid w:val="00C7070F"/>
-    <w:rsid w:val="00C8534A"/>
     <w:rsid w:val="00D04F39"/>
-    <w:rsid w:val="00D26424"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F6376C"/>
+    <w:rsid w:val="00D05D5D"/>
+    <w:rsid w:val="00D42C2E"/>
+    <w:rsid w:val="00DD25B2"/>
+    <w:rsid w:val="00E06C0E"/>
+    <w:rsid w:val="00E3127B"/>
+    <w:rsid w:val="00F42116"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="17410"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11187,51 +7861,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11480,69 +8154,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2043</Words>
-  <Characters>11647</Characters>
+  <Words>1559</Words>
+  <Characters>8887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13663</CharactersWithSpaces>
+  <CharactersWithSpaces>10426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>