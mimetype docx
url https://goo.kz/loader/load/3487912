--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,10774 +1,11199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00286371" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00F45004" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B91E5F" w:rsidRDefault="00732E18" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлеккеттік тілде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хореограф уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B91E5F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B91E5F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындауға ашық конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...89 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00175527" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00004D0A" w:rsidRDefault="006F5A51" w:rsidP="00DB4E62">
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="0036184C" w:rsidP="00A80864">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF54B2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63761">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007D71FF" w:rsidRPr="00EE2452">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27693">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00004D0A">
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж,сағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00004D0A">
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
       <w:r>
-        <w:t>КГКП «</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+        <w:t>Павлодар</w:t>
       </w:r>
       <w:r>
-        <w:t>города Павлодара»  г</w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>241</w:t>
       </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="005B4A9E">
+        <w:r w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Мемлекеттік тілде оқытылатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00732E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB4E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>временно в</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>хореограф уақытша</w:t>
+      </w:r>
+      <w:r w:rsidR="00732E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5799">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ную </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>бос лауазымына орна</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...56 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00CC4101" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 57 бұйрығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E44D0A" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00D3649F" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
-[...25 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...58 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00194DDD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="006424F8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00234522">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="006424F8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="006424F8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="006424F8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...109 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="009144D3" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00F45004" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="006424F8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және электрондық пошта  арқылықабылдана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="006424F8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E81F1F" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E81F1F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E81F1F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E81F1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Квалификационные требования: </w:t>
-[...5 lines deleted...]
-          <w:b w:val="0"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>Және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...3 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      Педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      1) "педагог" (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1) "педагог" (без категории):</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      оқу пәнінің, оқу-тәрбие процесінің, оқыту және бағалау әдістемесінің мазмұнын біледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлайды және ұйымдастырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>способствует формированию общей культуры обучающегося и его социализации,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      білім беру ұйымы деңгейіндегі іс-шараларға қатысады, білім алушылардың қажеттіліктерін ескере отырып, тәрбиелеу мен оқытуда жеке тәсілді жүзеге асырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>участвует в мероприятиях на уровне организации образования, реализует индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся</w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF0D78">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оқытудың инновациялық нысандарын, әдістері мен құралдарын пайдаланады, білім беру ұйымы деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ұйымдастырылған оқу қызметтерін талдау дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      конструктивті және тәлімгерлікті іске асырады, білім беру ұйымдары деңгейінде жекелей немеесе ұжым болып кәсіби дамыту басымдықтарын анықтайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      қала/өңір деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сабақты зерттеу және бағалау құралдарын әзірлеу дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогикалық қоғамдастықта аудан, қала деңгейінде тәлімгерлікті жүзеге асырады және даму стратегиясын конструктивті анықтайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      облыс/республикалық маңызы бар және астаналық қалалары, Республика деңгейінде тәжірибені жинақтайды (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00722B94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      облыс/ республикалық маңызы бар және астаналық қалалары, республика деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылардың болуы (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      авторлық бағдарламалары бар болуы және республикалық оқу-әдістемелік кеңесте мақұлданған, авторлық бағдарламасы немесе оқулықтарға, оқу-әдістемелік құралдардың авторы (тең автор) бола алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ғылыми жобалау дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      жетекшілік етуді іске асырады және облыс деңгейінде кәсіби бірлестіктердің желісіндамытуды жоспарлайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00722B94" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болып табылуы немесе немесе облыстық білім беру органдарының уәкілмен бекітілген республикалық және халықаралық конкурстарға қатысушыларды даярлауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Арнайы (түзету) білім беру мекемелерінде оқытылатын пәннің ерекшелігін ескере отырып, дамуында ауытқуларды барынша түзетуге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу жөніндегі жұмысты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
-[...170 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+        <w:t>      Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...16 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...2 lines deleted...]
-        <w:t>  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...83 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D60DD3" w:rsidRPr="008019D4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D60DD3" w:rsidRPr="008019D4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/K1500000414" \l "z205"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек Кодексін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D60DD3" w:rsidRPr="008019D4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z070000319_" \l "z2"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D60DD3" w:rsidRPr="008019D4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1900000293" \l "z22"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D60DD3" w:rsidRPr="008019D4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1500000410" \l "z1"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D60DD3" w:rsidRPr="008019D4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z970000151_" \l "z2"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы тіл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DD3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>" Заңдарын, білім беруді дамытудың бағыттары мен перспектикваларын айқындайтын мемлекеттік жалпыға міндетті білім беру стандарттарын және басқа да нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="001315D5" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогика мен психологияны,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      пәнді оқыту әдістемесін, тәрбие жұмысын, оқыту құралдарын және олардың дидактикалық мүмкіндіктерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00AF0D78" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу кабинеттері мен қосалқы үй-жайларды жабдықтауға қойылатын талаптарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормалары, санитарлық ережелер мен нормаларды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Заработная</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақының мөлшері еңбек өтіліне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00286371">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, біліміне, санатына  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...234 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:t>байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="009144D3" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хореогрфтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00732E18">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулыбілім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>130000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="009144D3" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хореографтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00732E18">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>100000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>40000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...71 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00194DDD" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="009144D3" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="0058555C" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00244DA8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10)хореографтың</w:t>
+      </w:r>
+      <w:r w:rsidR="00732E18">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00DD35FD" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD35FD">
+        <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттынақтылауүшінбайланыстелефондарыжәнеэлектрондықмекенжайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD35FD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD35FD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) </w:t>
       </w:r>
       <w:r>
-        <w:t>8(7182</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD35FD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD35FD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD35FD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-      </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші басшыларыменпедагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нысан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00A53AEA" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-667"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="008019D4" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00A53AEA" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесеуақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымынакандидаттыңбағалаупарағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________ (Т.Ә.А. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанжағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="269"/>
+        <w:gridCol w:w="3386"/>
+        <w:gridCol w:w="3442"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="285"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імдеңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғарыкүндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғарысырттай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қашықтықтаноқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғарыбілімтуралыүздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесежоғарыбілімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылымдокторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттықбі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іктіліктестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>80-нен 90 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әд</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>істемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40 - тан 50 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметөтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылданжәнеоданартық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызметтәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқаалғашкі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іскенпедагогтарүшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мтуралыдиплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғақосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтежақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алдыңғыжұмысорнынанұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекқызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үзегеасырукезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оңұсынысхаттыңболуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болмағанжағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерісұсынысхаттыңболуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсібижеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іктердіңкөрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімалушылардыңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстаржеңімпаздарыныңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымижобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадаларжеңімпаздарыныңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсыныңжүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанныңеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авторлықжұмыстаржәнежарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесінеенгізілгеноқулықтардыңжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">РОӘК – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесінеенгізілгеноқулықтардыңжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 тізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілділіктіжүзегеасыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ӘБжетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалыққауымдастықкөшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілдеоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілдеоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әндікдайындықсертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>цифрлықсауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалаунегіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысістеудіоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қайсысыжеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="005F4582" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 10-қосымша    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
-        <w:rPr>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00004D0A" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00004D0A" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00004D0A" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 8" o:spid="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттыңТ.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 7" o:spid="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 6" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D60DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 5" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="1"/>
         <w:ind w:left="120"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="95"/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="006C1E5C" w:rsidP="00DB4E62">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 4" o:spid="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
-        <w:ind w:left="6904"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D60DD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:group id="Группа 14" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
-            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAPDUMD8IAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWsCMRC9C/0PYQq9abaCVlejqFXw&#10;ULBV0euwme6ubiZLEt3tv28KBW/zeJ8znbemEndyvrSs4LWXgCDOrC45V3A8bLojED4ga6wsk4If&#10;8jCfPXWmmGrb8Bfd9yEXMYR9igqKEOpUSp8VZND3bE0cuW/rDIYIXS61wyaGm0r2k2QoDZYcGwqs&#10;aVVQdt3fjIL2w55Gy7pqBuOm3L6fL279uXtT6uW5XUxABGrDQ/zv3uo4fwB/v8QD5OwXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAPDUMD8IAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".14125mm"/>
+          <v:group id="Группа 2" o:spid="_x0000_s1042" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAlKlZ+sEAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/6HZYTezK4WpUQ3QQst&#10;tTdtoTkO2TEJZmdjdmvSf98tFLzN433ONh9tK27U+8axhkWiQBCXzjRcafj8eJk/gfAB2WDrmDT8&#10;kIc8m062mBo38JFup1CJGMI+RQ11CF0qpS9rsugT1xFH7ux6iyHCvpKmxyGG21YulVpLiw3Hhho7&#10;eq6pvJy+rYZzcf0KxapQh3eSbnzcezW8llo/zMbdBkSgMdzF/+43E+cv4e+XeIDMfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="006C1E5C" w:rsidP="00DB4E62">
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-          <w:noProof/>
+        <w:spacing w:before="48" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> (при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,ұйымныңатауы,мекен-жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidTr="001D7616">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
             <w:pPr>
-              <w:spacing w:before="185"/>
+              <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>№</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
             <w:pPr>
-              <w:spacing w:before="185"/>
+              <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
             <w:pPr>
-              <w:spacing w:before="185"/>
-              <w:ind w:left="39"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
-[...7176 lines deleted...]
-      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidTr="001D7616">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...130 lines deleted...]
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
             <w:pPr>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
             <w:pPr>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+          <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
             <w:pPr>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="539"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="006C1E5C" w:rsidP="00DB4E62">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00D60DD3" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 25" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTIPtOEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkcUr9HiWAF1Gj/bf9z/33/gO+P/cOvrwSUkKmq1GM4cFfeKhurLm9k9EGDwjnR&#10;2IUGG7Kq3sgYANnGSMzOLlGFPQlxkx0W4f5QBL4zJILNvu8Nez0gE4HO8wdYI4eN27PRRptXXCIO&#10;295oU5cwBgkLEDdRLKHcSZFDNV92iEuGAb5NwQ9GXmv0wiFLl1RkNBh1z4381giRPLff7Vq8c7Nu&#10;a2ax/CMsYL9u+bG0pRztRMMZJMJsw7iYpVJqm50lcGvTAwhgZOP7gy34PretzzQuFHTCeQ8oSqAH&#10;VnUYJTOWmXVhRVKFFFNhNwq55UuJKnNWN3DyqM3FsRUeP2ZVq+GEdQCXphbQqeV6VFchF1meY2Fz&#10;YakMPHeAudEyz2KrtGy0Wq+muSJbZrsbHxsMgJ2YKbkRMYKlnMXzRjYsy2sZ7HPMLVzBJgX2MmL7&#10;fh65o/lwPgw6gd+fdwJ3NutcL6ZBp7/wBr1ZdzadzrwvlpoXjNMsjrmw7NpR4gV/16rNUKuHwGGY&#10;nERxEuwCn6fBOqc0MBcQS/tb57rtz7qhVzK+h15Vsp6NMMtBSKX6REkFczGk+uOGKU5J/lrA4Bl5&#10;Adx8YnAR9AY+LNSxZnWsYSICqJAaChfcilNTD99NqbJ1Cp48LKuQ1zAjksw2Mw6TmlWzgNmHETRz&#10;2g7X4zVaPf6bTH4DAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDTIPtOEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 1" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00097EC8" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="120" w:right="787"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB4E62" w:rsidRPr="00460AA6" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...157 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DB4E62" w:rsidRPr="00460AA6" w:rsidSect="00DD35FD">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
@@ -11115,109 +11540,112 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00C46953"/>
-    <w:rsid w:val="00010ED9"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00A31E5C"/>
+    <w:rsid w:val="00012F91"/>
+    <w:rsid w:val="001122FA"/>
+    <w:rsid w:val="00197B57"/>
+    <w:rsid w:val="001B3CCC"/>
+    <w:rsid w:val="00267110"/>
+    <w:rsid w:val="0036184C"/>
+    <w:rsid w:val="004A221A"/>
+    <w:rsid w:val="004A50A9"/>
+    <w:rsid w:val="005127ED"/>
+    <w:rsid w:val="006B64B2"/>
+    <w:rsid w:val="006B7BE1"/>
+    <w:rsid w:val="00732E18"/>
+    <w:rsid w:val="007A6873"/>
+    <w:rsid w:val="007D71FF"/>
+    <w:rsid w:val="008019D4"/>
+    <w:rsid w:val="00813EDE"/>
+    <w:rsid w:val="00833DD8"/>
+    <w:rsid w:val="008D0027"/>
+    <w:rsid w:val="008E11F4"/>
+    <w:rsid w:val="0090428B"/>
+    <w:rsid w:val="009C4D19"/>
+    <w:rsid w:val="00A629A7"/>
+    <w:rsid w:val="00A80864"/>
     <w:rsid w:val="00AB7043"/>
-    <w:rsid w:val="00B364E4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BF65D4"/>
+    <w:rsid w:val="00AF4D78"/>
     <w:rsid w:val="00C46953"/>
-    <w:rsid w:val="00CA19CE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D544AD"/>
+    <w:rsid w:val="00C50A3F"/>
+    <w:rsid w:val="00C52A2C"/>
+    <w:rsid w:val="00C63761"/>
+    <w:rsid w:val="00D60DD3"/>
     <w:rsid w:val="00DB4E62"/>
-    <w:rsid w:val="00DE5A84"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E86BBF"/>
+    <w:rsid w:val="00DD35FD"/>
+    <w:rsid w:val="00E27693"/>
+    <w:rsid w:val="00E93F12"/>
+    <w:rsid w:val="00EE2452"/>
+    <w:rsid w:val="00EF54B2"/>
+    <w:rsid w:val="00FC5DC9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16386"/>
+    <o:shapedefaults v:ext="edit" spidmax="18434"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11909,51 +12337,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12202,54 +12630,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2274</Words>
-  <Characters>12962</Characters>
+  <Words>2395</Words>
+  <Characters>13657</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15206</CharactersWithSpaces>
+  <CharactersWithSpaces>16020</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>