--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -194,50 +194,62 @@
       </w:r>
       <w:r w:rsidR="00114D6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> мұғалімі</w:t>
       </w:r>
       <w:r w:rsidR="00EA19C9" w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="007B605F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D70D9E" w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лауазымына</w:t>
       </w:r>
       <w:r w:rsidR="00B00AEE" w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -246,80 +258,82 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конкурс жариялайды</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00B00AEE" w:rsidRPr="00BF3775" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="514"/>
         <w:gridCol w:w="2765"/>
         <w:gridCol w:w="6858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00352B30" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="008104D4" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1273,51 +1287,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қ-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>коммуникациялық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> технологияларды қолданады;</w:t>
+              <w:t xml:space="preserve"> технологияларды </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      оқу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -1352,2424 +1386,2024 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>бағдарламалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз етуді және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпаратты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>коммуникациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> технологиялардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдаланады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стандартында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тұлғалық, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүйелі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, пәндік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қол </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеткізуін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> қамтамасыз </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>етуді</w:t>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оқу бағдарламаларын, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ішінде </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арналған </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әзірлеуге және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кестесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көлемде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іске </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырылуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қабілеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызығушылықтарын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ақпаратты</w:t>
+              <w:t>бейімділіктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерделейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инклюзивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>қ-</w:t>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>коммуникациялық</w:t>
+              <w:t xml:space="preserve">ім беру үшін жағдай </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ескере отырып, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қу бағдарламаларын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейімдейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>технологиялардың</w:t>
+              <w:t>оқытылатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B2218B">
-[...6 lines deleted...]
-              <w:t>қосымшаларын</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әннің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ерекшелігін ескере отырып, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамудағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>пайдаланады</w:t>
+              <w:t>ауытқуларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>барынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңсеруге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағытталған білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша жұмысты жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      білім </w:t>
-[...29 lines deleted...]
-              <w:t>тәрбиеленушілердің</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интерактивті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>мемлекеттік</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>материалдары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>міндетті</w:t>
+              <w:t>цифрлық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> білім беру </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>стандартында</w:t>
+              <w:t>ресурстарын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>көзделген</w:t>
+              <w:t>пайдалана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отырып, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>деңгейден</w:t>
+              <w:t>сабақтар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>төмен</w:t>
+              <w:t>ұйымдастырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      әдістемелі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ірлестіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>емес</w:t>
+              <w:t>қауымдастығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, әдістемелік, педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңестердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>тұлғалық</w:t>
-[...20 lines deleted...]
-            </w:r>
+              <w:t>қоғамдастықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отырыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>к-</w:t>
+              <w:t>ата-аналар</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>қызметтік</w:t>
-[...19 lines deleted...]
-              <w:t>нәтижелерге</w:t>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арналған педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>консилиумдарға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>қол</w:t>
-[...39 lines deleted...]
-              <w:t>етеді</w:t>
+              <w:t>қатысады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      оқу </w:t>
-[...119 lines deleted...]
-              <w:t xml:space="preserve"> бар білім </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>алушылар</w:t>
+              <w:t>ата-аналар</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> арналған </w:t>
-[...259 lines deleted...]
-              <w:t xml:space="preserve"> қамтамасыз етеді;</w:t>
+              <w:t xml:space="preserve"> кеңес береді;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>      бі</w:t>
-[...1444 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">      кәсіби </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>құзыреттілікті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3995,2677 +3629,2317 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      білім беру </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>процесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> кезеңінде білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>кезеңінде</w:t>
-[...19 lines deleted...]
-              <w:t>алушылардың</w:t>
+              <w:t>өмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулығын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>өмі</w:t>
-            </w:r>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ынтымақтастықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>р</w:t>
+              <w:t>у</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>і</w:t>
+              <w:t>әкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіткен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>денсаулығын</w:t>
+              <w:t>тәрбиеленушілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арасында </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>қорғауды</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> қамтамасыз етеді;</w:t>
+              <w:t>жемқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орлы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәдениетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңіреді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B2218B">
-[...16 lines deleted...]
-              <w:t>ата-аналармен</w:t>
+            <w:bookmarkStart w:id="1" w:name="z95"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      65. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білуге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B2218B">
-[...177 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>у</w:t>
-            </w:r>
+              <w:t>тиіс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B2218B">
-[...2243 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
           <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">       Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конституциясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасының "Білім туралы", "Педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәртебесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қимыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы", "Қазақстан Республикасындағы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кемтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балаларды әлеуметтік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>медициналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-педагогикалық және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>түзеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арқылы қолдау туралы" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заңдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, білім берудің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стандарты және бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ім беруді дамытудың бағыттары мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>перспективаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айқындайтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>актілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оқу-тәрбие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оқыту және бағалау </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      педагогика мен психология;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әнді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, тәрбие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оқыту </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құралдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және олардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дидактикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мүмкіндіктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>этиканың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нормалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      медиация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>техникасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қақтығыстарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мүмкіндігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оқу кабинеттері мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосалқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үй-жайларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жабдық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>экономиканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми ұйымдастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заңнамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өртке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нормалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z96"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      66. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іктілікке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тиі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ст</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -6679,1155 +5953,895 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>бейін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> бойынша жоғары және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) жоғары оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> және (</w:t>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және кәсіптік, орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогикалық білім </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де кәсіптік білім </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қоймастан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктіліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орташа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жататын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> XI педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыныбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар 1995 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта мектепті </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бітіргені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
-[...19 lines deleted...]
-              <w:t>орнынан</w:t>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоғары және орта деңгейі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>кейінгі</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> педагогикалық </w:t>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогикалық жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: педагог-модератор үшін-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 жыл; педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 жыл; педагог-зерттеуші үшін-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B2218B" w:rsidRPr="00EC2C0C" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      және (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...481 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2218B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жыл</w:t>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ға</w:t>
-[...177 lines deleted...]
-              </w:rPr>
               <w:t>іктілігінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...273 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> жоғары деңгейі </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7877,64 +6891,64 @@
               </w:rPr>
               <w:t>өтілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2218B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 5 жыл.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EA19C9" w:rsidRPr="00B2218B" w:rsidRDefault="00B2218B" w:rsidP="00B2218B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z97"/>
+            <w:bookmarkStart w:id="3" w:name="z97"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00352B30" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="008104D4" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -7987,51 +7001,51 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E7665" w:rsidRPr="00497B2F" w:rsidRDefault="008E7665" w:rsidP="00EA19C9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00352B30" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="008104D4" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -8218,138 +7232,138 @@
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007D6C2C" w:rsidRDefault="00352B30" w:rsidP="00DB4D8F">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007D6C2C" w:rsidRDefault="008E21A1" w:rsidP="008104D4">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="008104D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.1</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>1</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.11</w:t>
             </w:r>
             <w:r w:rsidR="00864371" w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="008104D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007B605F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.11</w:t>
+              <w:t>.12</w:t>
             </w:r>
             <w:r w:rsidR="007D6C2C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00352B30" w:rsidTr="00F420DB">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="008104D4" w:rsidTr="00F420DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -8831,195 +7845,305 @@
               <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00497B2F" w:rsidRDefault="00932150" w:rsidP="00497B2F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9) Ұлттық біліктілік тестілеу сертификаты (бұдан ә</w:t>
+              <w:t xml:space="preserve">9) Ұлттық біліктілік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">і – ҰБТ) </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>сарапшының</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, педагог-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>зерттеушінің</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, педагог-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>шебердің</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> санатының болуы туралы куәлік (болған жағдайда)</w:t>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болуы туралы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
             </w:r>
             <w:r w:rsidRPr="00497B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00932150" w:rsidP="00497B2F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9101,76 +8225,74 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF3775">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00352B30" w:rsidRDefault="00352B30" w:rsidP="00B0496E">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007B605F" w:rsidRDefault="008104D4" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>тұрақты</w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00452A41" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
@@ -9717,69 +8839,58 @@
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> білім беру</w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -11004,71 +10115,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> білім беру </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ұйымдарының</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> атауы, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мекенжайы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11254,71 +10345,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ұйымның</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> атауы, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мекенжайы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11414,71 +10485,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Өзім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> туралы </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мынадай</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11590,63 +10641,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Оқу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>орнының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
@@ -11667,71 +10707,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidRDefault="00D02874" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Диплом бойынша </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02874" w:rsidRPr="003B57C7" w:rsidTr="00D02874">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4011" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -12144,91 +11164,111 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>сондай-ақ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> қосымша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B57C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>қосымша</w:t>
+        <w:t>жағдайда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (болған жағдайда) </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00A35FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ъ</w:t>
       </w:r>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>      _________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00A35FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12511,69 +11551,58 @@
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> білім беру</w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -12953,73 +11982,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>кандидаттың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> бағалау </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B57C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>парағ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="009E305F" w:rsidRPr="009E305F" w:rsidRDefault="009E305F" w:rsidP="009E305F">
       <w:pPr>
@@ -13492,71 +12499,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Техникалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> = 1</w:t>
+              <w:t xml:space="preserve"> және кәсіптік = 1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Жоғары </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -13567,129 +12554,98 @@
               </w:rPr>
               <w:t>күндізгі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоғары </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>сырттай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қашықтықтан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> = 2</w:t>
+              <w:t xml:space="preserve"> оқыту = 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жоғары білім туралы үздік диплом = 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13902,71 +12858,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Магистр </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> жоғары </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>білімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14017,69 +12953,58 @@
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылым </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>докторы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -14358,71 +13283,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мазмұны </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50-ден 60-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
@@ -14494,71 +13399,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30-дан 40-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
@@ -14671,71 +13556,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мазмұны </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -14967,71 +13832,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -15324,71 +14169,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мазмұны </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -15620,71 +14445,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -15906,71 +14711,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>=5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>"Педагог-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">" </w:t>
+              <w:t xml:space="preserve">"Педагог-зерттеуші" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>біліктілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15978,71 +14763,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>санатымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мазмұны </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">50-ден 60 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -16274,71 +15039,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әдістеме</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және педагогика </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30-дан 40 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
@@ -17188,63 +15933,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>алмастыратын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -17599,71 +16333,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> және әдістемелік </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17749,63 +16463,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>алмастыратын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -18069,161 +16772,110 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Білім туралы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>дипломға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық/</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> практика </w:t>
+              <w:t xml:space="preserve">Педагогикалық/кәсіптік практика </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>нәтижелері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
@@ -18410,71 +17062,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> хат (еңбек </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қызметін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүзеге </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> кезінде)</w:t>
+              <w:t xml:space="preserve"> жүзеге асыру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18803,101 +17455,79 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіби </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жетістіктердің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> көрсеткіштері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -19815,51 +18445,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>оқулықтардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және (немесе) ОӘК авторы </w:t>
+              <w:t xml:space="preserve"> және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19936,51 +18586,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>оқулықтардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және (немесе) ОӘК авторы </w:t>
+              <w:t xml:space="preserve"> және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -20057,111 +18727,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>енгізілген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ғылыми-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> ғылыми-зерттеу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> бойынша </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>жарияланымның</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -20237,69 +18867,58 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t>-</w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-</w:t>
             </w:r>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">педагогикалық </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қызмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -20358,63 +18977,52 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>көптілділікті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүзеге </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> жүзеге асыру</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -20465,69 +19073,58 @@
               </w:rPr>
               <w:t>жетекшілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> -1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">-педагогикалық </w:t>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби-педагогикалық </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қауымдастық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -20657,71 +19254,71 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 тілде </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B57C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -20856,121 +19453,90 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курстық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> дайындық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- пәндік </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">- пәндік дайындық </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>сертификаттары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -21203,123 +19769,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">-пен жұмыс </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>істеуді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B57C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> оқыту" бағдарламалары бойынша оқыту</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009E305F" w:rsidRPr="003B57C7" w:rsidRDefault="009E305F" w:rsidP="0017755E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -21631,51 +20126,51 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -22358,50 +20853,51 @@
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00114D6A"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00131EFB"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00192A37"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001D6777"/>
@@ -22451,51 +20947,50 @@
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00352B30"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A4CEB"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
@@ -22658,82 +21153,84 @@
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007B605F"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007D6C2C"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="008104D4"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="008437C4"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="008468B8"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00864371"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E21A1"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
@@ -23967,79 +22464,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D93A066-6BA9-4263-A1B7-AFA6BEC5FC4E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC56022F-AAEC-4185-9AEF-A62D7D78F636}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>7</Pages>
   <Words>2164</Words>
-  <Characters>12337</Characters>
+  <Characters>12338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>102</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14473</CharactersWithSpaces>
+  <CharactersWithSpaces>14474</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>