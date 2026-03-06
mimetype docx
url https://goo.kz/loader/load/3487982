--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -233,238 +233,230 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C77BD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B909FE" w:rsidRPr="008361BD" w:rsidRDefault="00B909FE" w:rsidP="00B909FE">
+    <w:p w:rsidR="00B909FE" w:rsidRDefault="00B909FE" w:rsidP="00B909FE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="00B909FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Объявляет открытый конкурс на занятие ва</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>кантной должности</w:t>
       </w:r>
       <w:r w:rsidR="00091DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F6897">
+      <w:r w:rsidR="00036BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00091DCC">
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> воспитател</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F6897">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77BD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>я</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> воспитател</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26E0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00091DCC">
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00091DCC">
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E86597">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DA5299">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B909FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на период декретного отпуска</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B73A26">
+        <w:t xml:space="preserve"> языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="0010283D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B73A26" w:rsidRPr="00B73A26">
+        <w:t xml:space="preserve"> на время декретного отпуска</w:t>
+      </w:r>
+      <w:r w:rsidR="002214E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>основного работника до</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80F0A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002214E6" w:rsidRPr="002214E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F80F0A">
+        <w:t xml:space="preserve">основного работника до </w:t>
+      </w:r>
+      <w:r w:rsidR="00100744">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B73A26" w:rsidRPr="00B73A26">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 </w:t>
+      </w:r>
+      <w:r w:rsidR="002214E6" w:rsidRPr="002214E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023 года.</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>февраля 2023 года.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00FC56F0" w:rsidRPr="006E6437" w:rsidRDefault="00FC56F0" w:rsidP="00580082">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Конкурс проводится</w:t>
       </w:r>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на основании приказа МОН РК от </w:t>
@@ -575,121 +567,129 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дата и место проведения конкурса</w:t>
       </w:r>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="002F6897">
+      <w:r w:rsidR="00DA2703">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A52DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00445686">
+      <w:r w:rsidR="0010283D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F6897">
+        <w:t>.11</w:t>
+      </w:r>
+      <w:r w:rsidR="004D57B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.11.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008361BD">
+        <w:t>.2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="005A52DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2022-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00445686">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="004D57B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>01</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F6897">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0010283D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00445686">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0748B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008361BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D57B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2022 </w:t>
+        <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidR="004A06AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>г.</w:t>
       </w:r>
       <w:r w:rsidR="007D41DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">город Павлодар, улица </w:t>
@@ -743,52 +743,50 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Этапы конкурса</w:t>
       </w:r>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00575F1E" w:rsidRPr="006E6437" w:rsidRDefault="00575F1E" w:rsidP="00575F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00575F1E" w:rsidRPr="006E6437" w:rsidRDefault="00575F1E" w:rsidP="00575F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
@@ -1458,86 +1456,75 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, необходимых для участия в конкурсе: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5FCA" w:rsidRPr="006E6437" w:rsidRDefault="00DD5FCA" w:rsidP="00821B0C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1) заявление по форме согласно приложению 10 к настоящим </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DF16DF" w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Правилам; </w:t>
       </w:r>
       <w:r w:rsidR="00DF16DF" w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">                                          </w:t>
+        <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidR="00821B0C" w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6437">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) документ, удостоверяющий личность (для идентификации); </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5FCA" w:rsidRPr="006E6437" w:rsidRDefault="00DD5FCA" w:rsidP="00DD5FCA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2175,51 +2162,51 @@
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:noFill/>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="188EFD36" id="Группа 5" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+QKuqiAIAAH0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVFFu2zAM/R+wOwj+T22nTpoYdYohTvrT&#10;bQXaHUCRZVuYLAmSGicYBgzYEXaR3WBXaG80SnLStf0pugSQJZN8fnwkdX6x6zjaUm2YFEWUniQR&#10;ooLIiommiL7crkezCBmLRYW5FLSI9tREF4v37857ldOxbCWvqEYAIkzeqyJqrVV5HBvS0g6bE6mo&#10;AGMtdYctHHUTVxr3gN7xeJwk07iXulJaEmoMvC2DMVp4/LqmxH6ua0Mt4kUE3KxftV83bo0X5zhv&#10;NFYtIwMN/AYWHWYCPnqEKrHF6E6zF1AdI1oaWdsTIrtY1jUj1OcA2aTJs2wutbxTPpcm7xt1lAmk&#10;fabTm2HJp+21RqwqokmEBO6gRPe/Hn48/Lz/A//faOIU6lWTg+OlVjfqWoc0YXslyVcD5vi53Z2b&#10;4Iw2/UdZASq+s9IrtKt15yAgd7TzhdgfC0F3FhF4mZ6dzecJMCJgmySzoU6khWK+CCLtaggbz5LT&#10;EDNztGOch495ggMhlw20mnlU0/yfmjctVtQXyTiRBjWnBzWvmKBoGlT0DksRJCQ7MUiIhFy2WDTU&#10;Q93uFciV+gQcVcAMIe5gQP9XSpo5BJwfJH3Uxot51AbnSht7SWWH3KaIOBD2hcLbK2ODjAcXByjk&#10;mnHusblAva/PxAcYyVnljM7N6Gaz5BptsZs8/xtq8sQNOlxUHqyluFoNe4sZD3vgycWQB9A5ZORH&#10;69s8ma9mq1k2ysbT1ShLynL0Yb3MRtN1ejYpT8vlsky/O2pplresqqhw7A5jnmavK/xw4YQBPQ76&#10;UYb4KbpvOxD98PSkoQFD7UL3bWS1v9ZO2qEX/c7PuA8b7iN3ifx79l6Pt+biLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAMMac9LaAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Mygre6&#10;idIS0mxEpPUkhaogvY3ZMQlmZ0N2TeK/77aXehl4vMd732Sr0TSip87VlhXE8wgEcWF1zaWC4+Hj&#10;OQHhPLLGxjIpuJODVT55yjDVduAv6ve+FKGEXYoKKu/bVEpXVGTQzW1LHLyL7Qz6ILtS6g6HUG4a&#10;uYiiV2mw5rBQYUubiorr/mYUbAcc1sv4vd9dL5v79+Hl87SLSanZdFy/gfA0+v8w/OIHdMgD09ne&#10;WDvRKAiP+L8bvEUSLUGcFSQg80w+ouc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH5A&#10;q6qIAgAAfQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMMac9LaAAAAAgEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;">
+              <v:group w14:anchorId="73D4F9C8" id="Группа 5" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+QKuqiAIAAH0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVFFu2zAM/R+wOwj+T22nTpoYdYohTvrT&#10;bQXaHUCRZVuYLAmSGicYBgzYEXaR3WBXaG80SnLStf0pugSQJZN8fnwkdX6x6zjaUm2YFEWUniQR&#10;ooLIiommiL7crkezCBmLRYW5FLSI9tREF4v37857ldOxbCWvqEYAIkzeqyJqrVV5HBvS0g6bE6mo&#10;AGMtdYctHHUTVxr3gN7xeJwk07iXulJaEmoMvC2DMVp4/LqmxH6ua0Mt4kUE3KxftV83bo0X5zhv&#10;NFYtIwMN/AYWHWYCPnqEKrHF6E6zF1AdI1oaWdsTIrtY1jUj1OcA2aTJs2wutbxTPpcm7xt1lAmk&#10;fabTm2HJp+21RqwqokmEBO6gRPe/Hn48/Lz/A//faOIU6lWTg+OlVjfqWoc0YXslyVcD5vi53Z2b&#10;4Iw2/UdZASq+s9IrtKt15yAgd7TzhdgfC0F3FhF4mZ6dzecJMCJgmySzoU6khWK+CCLtaggbz5LT&#10;EDNztGOch495ggMhlw20mnlU0/yfmjctVtQXyTiRBjWnBzWvmKBoGlT0DksRJCQ7MUiIhFy2WDTU&#10;Q93uFciV+gQcVcAMIe5gQP9XSpo5BJwfJH3Uxot51AbnSht7SWWH3KaIOBD2hcLbK2ODjAcXByjk&#10;mnHusblAva/PxAcYyVnljM7N6Gaz5BptsZs8/xtq8sQNOlxUHqyluFoNe4sZD3vgycWQB9A5ZORH&#10;69s8ma9mq1k2ysbT1ShLynL0Yb3MRtN1ejYpT8vlsky/O2pplresqqhw7A5jnmavK/xw4YQBPQ76&#10;UYb4KbpvOxD98PSkoQFD7UL3bWS1v9ZO2qEX/c7PuA8b7iN3ifx79l6Pt+biLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAMMac9LaAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Mygre6&#10;idIS0mxEpPUkhaogvY3ZMQlmZ0N2TeK/77aXehl4vMd732Sr0TSip87VlhXE8wgEcWF1zaWC4+Hj&#10;OQHhPLLGxjIpuJODVT55yjDVduAv6ve+FKGEXYoKKu/bVEpXVGTQzW1LHLyL7Qz6ILtS6g6HUG4a&#10;uYiiV2mw5rBQYUubiorr/mYUbAcc1sv4vd9dL5v79+Hl87SLSanZdFy/gfA0+v8w/OIHdMgD09ne&#10;WDvRKAiP+L8bvEUSLUGcFSQg80w+ouc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH5A&#10;q6qIAgAAfQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMMac9LaAAAAAgEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;">
                 <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSP286xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNatQtatR1LbgoeCflnp9bJ67q5uXJUnd9dubguBxmJnfMNN5aypxIedLywr6vQQE&#10;cWZ1ybmCn+/PlzEIH5A1VpZJwZU8zGedpymm2ja8o8s+5CJC2KeooAihTqX0WUEGfc/WxNE7Wmcw&#10;ROlyqR02EW4qOUiSoTRYclwosKZVQdl5/2cUtF/2d7ysq+b1rSnX74eT+9huRko9d9vFBESgNjzC&#10;9/ZaKxjC/5V4A+TsBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANI/bzrEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".14125mm"/>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
@@ -2299,51 +2286,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="36914229" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="1F0A8508" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:before="33"/>
         <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(фамилия,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:spacing w:val="-13"/>
@@ -14469,93 +14456,52 @@
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505"/>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D25505" w:rsidRDefault="00C56F19" w:rsidP="00C56F19">
+    <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
-        <w:tabs>
-[...39 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -14587,50 +14533,51 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Приложение 10 к Правилам</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="1204"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> назначения на должности, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="1204"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>освобождения</w:t>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14844,51 +14791,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="38405B40" id="Полилиния 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="0BBF79E7" id="Полилиния 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09A4E53B" wp14:editId="15FAC5BA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>320040</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
                 <wp:effectExtent l="12700" t="10795" r="7620" b="6985"/>
@@ -14951,51 +14898,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3088BA61" id="Полилиния 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="016A55AD" id="Полилиния 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="1402"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
@@ -15126,51 +15073,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C64E612" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="1D192A85" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -15348,51 +15295,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="196552F1" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="44BFF676" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -15528,51 +15475,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="01D044F5" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="2D196045" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3603FB72" wp14:editId="51D22179">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
@@ -15638,51 +15585,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="012C8E1C" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="0732FDC8" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
@@ -16106,51 +16053,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="35E278E4" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="371703BC" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="1486"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -16353,51 +16300,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4DE8EC83" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="2ACB4792" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="905"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -17080,51 +17027,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="70C4C37B" id="Полилиния 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxaYS3EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtetRIlgBNdp/2//cf98/4Ptj//DrKwElZKoq9RgO3JW3ysaqyxsZfdCgcE40&#10;dqHBhqyqNzIGQLYxErOzS1RhT0LcZIdFuD8Uge8MiWCz73vDXg/IRKDz/AHWyGHj9my00eYVl4jD&#10;tjfa1CWMQcICxE0USyh3UuRQzZcd4pJhgG9T8IOR1xq9cMjSJRUZDUbdcyO/NUIkz+13uxbv3Kzb&#10;mlks/wgL2K9bfixtKUc70XAGiTDbMC5mqZTaZmcJ3Nr0AAIY2fj+YAu+z23rM40LBZ1w3gOKEuiB&#10;VR1GyYxlZl1YkVQhxVTYjUJu+VKiypzVDZw8anNxbIXHj1nVajhhHcClqQV0arke1VXIRZbnWNhc&#10;WCoDzx1gbrTMs9gqLRut1qtprsiW2e7GxwYDYCdmSm5EjGApZ/G8kQ3L8loG+xxzC1ewSYG9jNi+&#10;n0fuaD6cD4NO4PfnncCdzTrXi2nQ6S+8QW/WnU2nM++LpeYF4zSLYy4su3aUeMHftWoz1OohcBgm&#10;J1GcBLvA52mwzikNzAXE0v7WuW77s27olYzvoVeVrGcjzHIQUqk+UVLBXAyp/rhhilOSvxYweEZe&#10;ADefGFwEvYEPC3WsWR1rmIgAKqSGwgW34tTUw3dTqmydgicPyyrkNcyIJLPNjMOkZtUsYPZhBM2c&#10;tsP1eI1Wj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCxaYS3EAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="40679A00" id="Полилиния 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxaYS3EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtetRIlgBNdp/2//cf98/4Ptj//DrKwElZKoq9RgO3JW3ysaqyxsZfdCgcE40&#10;dqHBhqyqNzIGQLYxErOzS1RhT0LcZIdFuD8Uge8MiWCz73vDXg/IRKDz/AHWyGHj9my00eYVl4jD&#10;tjfa1CWMQcICxE0USyh3UuRQzZcd4pJhgG9T8IOR1xq9cMjSJRUZDUbdcyO/NUIkz+13uxbv3Kzb&#10;mlks/wgL2K9bfixtKUc70XAGiTDbMC5mqZTaZmcJ3Nr0AAIY2fj+YAu+z23rM40LBZ1w3gOKEuiB&#10;VR1GyYxlZl1YkVQhxVTYjUJu+VKiypzVDZw8anNxbIXHj1nVajhhHcClqQV0arke1VXIRZbnWNhc&#10;WCoDzx1gbrTMs9gqLRut1qtprsiW2e7GxwYDYCdmSm5EjGApZ/G8kQ3L8loG+xxzC1ewSYG9jNi+&#10;n0fuaD6cD4NO4PfnncCdzTrXi2nQ6S+8QW/WnU2nM++LpeYF4zSLYy4su3aUeMHftWoz1OohcBgm&#10;J1GcBLvA52mwzikNzAXE0v7WuW77s27olYzvoVeVrGcjzHIQUqk+UVLBXAyp/rhhilOSvxYweEZe&#10;ADefGFwEvYEPC3WsWR1rmIgAKqSGwgW34tTUw3dTqmydgicPyyrkNcyIJLPNjMOkZtUsYPZhBM2c&#10;tsP1eI1Wj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCxaYS3EAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRPr="00B531BC" w:rsidRDefault="00D25505" w:rsidP="00D25505">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9981"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="787"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -17368,51 +17315,51 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="09B3C591" id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6kCZDEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtQsoEayAGu2/7X/uv+8f8P2xf/j1lYASMlWVegwH7spbZWPV5Y2MPmhQOCca&#10;u9BgQ1bVGxkDINsYidnZJaqwJyFussMi3B+KwHeGRLDZ971hr9ejJAKd5w+wRg4bt2ejjTavuEQc&#10;tr3Rpi5hDBIWIG6iWEK5kyKHar7sEJcMA3ybgh+MvNbohUOWLqnIaDDqnhv5rREieW6/27V452bd&#10;1sxi+UdYwH7d8mNpSznaiYYzSITZhnExS6XUNjtL4NamBxDAyMb3B1vwfW5bn2lcKOiE8x5QlEAP&#10;rOowSmYsM+vCiqQKKabCbhRyy5cSVeasbuDkUZuLYys8fsyqVsMJ6wAuTS2gU8v1qK5CLrI8x8Lm&#10;wlIZeO4Ac6NlnsVWadlotV5Nc0W2zHY3PjYYADsxU3IjYgRLOYvnjWxYltcy2OeYW7iCTQrsZcT2&#10;/TxyR/PhfBh0Ar8/7wTubNa5XkyDTn/hDXqz7mw6nXlfLDUvGKdZHHNh2bWjxAv+rlWboVYPgcMw&#10;OYniJNgFPk+DdU5pYC4glva3znXbn3VDr2R8D72qZD0bYZaDkEr1iZIK5mJI9ccNU5yS/LWAwTPy&#10;Arj5xOAi6A18WKhjzepYw0QEUCE1FC64FaemHr6bUmXrFDx5WFYhr2FGJJltZhwmNatmAbMPI2jm&#10;tB2ux2u0evw3mfwGAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD6kCZDEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="4F6D71EA" id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6kCZDEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtQsoEayAGu2/7X/uv+8f8P2xf/j1lYASMlWVegwH7spbZWPV5Y2MPmhQOCca&#10;u9BgQ1bVGxkDINsYidnZJaqwJyFussMi3B+KwHeGRLDZ971hr9ejJAKd5w+wRg4bt2ejjTavuEQc&#10;tr3Rpi5hDBIWIG6iWEK5kyKHar7sEJcMA3ybgh+MvNbohUOWLqnIaDDqnhv5rREieW6/27V452bd&#10;1sxi+UdYwH7d8mNpSznaiYYzSITZhnExS6XUNjtL4NamBxDAyMb3B1vwfW5bn2lcKOiE8x5QlEAP&#10;rOowSmYsM+vCiqQKKabCbhRyy5cSVeasbuDkUZuLYys8fsyqVsMJ6wAuTS2gU8v1qK5CLrI8x8Lm&#10;wlIZeO4Ac6NlnsVWadlotV5Nc0W2zHY3PjYYADsxU3IjYgRLOYvnjWxYltcy2OeYW7iCTQrsZcT2&#10;/TxyR/PhfBh0Ar8/7wTubNa5XkyDTn/hDXqz7mw6nXlfLDUvGKdZHHNh2bWjxAv+rlWboVYPgcMw&#10;OYniJNgFPk+DdU5pYC4glva3znXbn3VDr2R8D72qZD0bYZaDkEr1iZIK5mJI9ccNU5yS/LWAwTPy&#10;Arj5xOAi6A18WKhjzepYw0QEUCE1FC64FaemHr6bUmXrFDx5WFYhr2FGJJltZhwmNatmAbMPI2jm&#10;tB2ux2u0evw3mfwGAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD6kCZDEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D25505" w:rsidRDefault="00D25505" w:rsidP="00D25505"/>
     <w:p w:rsidR="00DD5FCA" w:rsidRPr="006E6437" w:rsidRDefault="00DD5FCA" w:rsidP="00DD5FCA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -17425,54 +17372,55 @@
       <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
@@ -17804,122 +17752,121 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F5746"/>
+    <w:rsid w:val="00036BBB"/>
     <w:rsid w:val="00091DCC"/>
     <w:rsid w:val="000B7ED2"/>
+    <w:rsid w:val="00100744"/>
+    <w:rsid w:val="0010283D"/>
     <w:rsid w:val="001C4BD4"/>
+    <w:rsid w:val="002214E6"/>
     <w:rsid w:val="00242A16"/>
     <w:rsid w:val="0024416D"/>
-    <w:rsid w:val="002F6897"/>
     <w:rsid w:val="003F3765"/>
-    <w:rsid w:val="00445686"/>
     <w:rsid w:val="004A06AD"/>
     <w:rsid w:val="004D57B1"/>
     <w:rsid w:val="004F3707"/>
     <w:rsid w:val="00575F1E"/>
     <w:rsid w:val="00580082"/>
+    <w:rsid w:val="005A52DC"/>
     <w:rsid w:val="006277D8"/>
     <w:rsid w:val="006E6437"/>
     <w:rsid w:val="0071796A"/>
     <w:rsid w:val="007D41DA"/>
     <w:rsid w:val="00814BC7"/>
     <w:rsid w:val="00821B0C"/>
     <w:rsid w:val="00834330"/>
-    <w:rsid w:val="008361BD"/>
     <w:rsid w:val="00871116"/>
     <w:rsid w:val="008F5746"/>
     <w:rsid w:val="009B1C0D"/>
     <w:rsid w:val="00A0748B"/>
     <w:rsid w:val="00A679E2"/>
     <w:rsid w:val="00A767BA"/>
     <w:rsid w:val="00B33CDC"/>
-    <w:rsid w:val="00B73A26"/>
     <w:rsid w:val="00B909FE"/>
     <w:rsid w:val="00C16927"/>
     <w:rsid w:val="00C26E0C"/>
-    <w:rsid w:val="00C56F19"/>
     <w:rsid w:val="00C77BD4"/>
     <w:rsid w:val="00D25505"/>
-    <w:rsid w:val="00DA5299"/>
+    <w:rsid w:val="00DA2703"/>
     <w:rsid w:val="00DD5FCA"/>
     <w:rsid w:val="00DE76F2"/>
     <w:rsid w:val="00DF16DF"/>
     <w:rsid w:val="00E50145"/>
     <w:rsid w:val="00E84ED3"/>
     <w:rsid w:val="00E86597"/>
     <w:rsid w:val="00F24EFF"/>
-    <w:rsid w:val="00F80F0A"/>
     <w:rsid w:val="00FC56F0"/>
     <w:rsid w:val="00FF106C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2AB2B470"/>
-  <w15:docId w15:val="{82EFB92D-750B-416F-BC1C-8E2B977F9D02}"/>
+  <w14:docId w14:val="7DC27D4B"/>
+  <w15:docId w15:val="{A4360480-F715-4C9F-A1E1-F2045A9AD2AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18828,70 +18775,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1739</Words>
-  <Characters>9915</Characters>
+  <Words>1737</Words>
+  <Characters>9905</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11631</CharactersWithSpaces>
+  <CharactersWithSpaces>11619</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>