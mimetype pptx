--- v0 (2025-12-05)
+++ v1 (2026-01-14)
@@ -40,51 +40,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483677" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId12"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="9283" r:id="rId5"/>
     <p:sldId id="9292" r:id="rId6"/>
     <p:sldId id="9288" r:id="rId7"/>
     <p:sldId id="9284" r:id="rId8"/>
     <p:sldId id="9285" r:id="rId9"/>
     <p:sldId id="9291" r:id="rId10"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="6858000" cy="9947275"/>
+  <p:notesSz cx="6808788" cy="9940925"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -2906,63 +2906,63 @@
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="7932" autoAdjust="0"/>
     <p:restoredTop sz="94558" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="109" d="100"/>
           <a:sy n="109" d="100"/>
         </p:scale>
-        <p:origin x="1074" y="102"/>
+        <p:origin x="1074" y="132"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="4407"/>
         <p:guide orient="horz" pos="935"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="125" d="100"/>
         <a:sy n="125" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
@@ -3002,165 +3002,165 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Верхний колонтитул 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5" y="2"/>
-            <a:ext cx="2971800" cy="499092"/>
+            <a:off x="4" y="2"/>
+            <a:ext cx="2950475" cy="498773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884617" y="2"/>
-            <a:ext cx="2971800" cy="499092"/>
+            <a:off x="3856741" y="2"/>
+            <a:ext cx="2950475" cy="498773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{88157611-626F-4E17-9E72-8A284EF1DEF8}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr/>
               <a:t>02.11.2022</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5" y="9448185"/>
-            <a:ext cx="2971800" cy="499091"/>
+            <a:off x="4" y="9442154"/>
+            <a:ext cx="2950475" cy="498772"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884617" y="9448185"/>
-            <a:ext cx="2971800" cy="499091"/>
+            <a:off x="3856741" y="9442154"/>
+            <a:ext cx="2950475" cy="498772"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{626C7EB4-3D6C-4BC6-9FBF-21BDDAB6AA94}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1141409591"/>
       </p:ext>
     </p:extLst>
@@ -3186,255 +3186,255 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Верхний колонтитул 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5" y="2"/>
-            <a:ext cx="2971800" cy="499092"/>
+            <a:off x="4" y="2"/>
+            <a:ext cx="2950475" cy="498773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884617" y="2"/>
-            <a:ext cx="2971800" cy="499092"/>
+            <a:off x="3856741" y="2"/>
+            <a:ext cx="2950475" cy="498773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A79351CB-37E9-440A-88E3-8DE09A4163B1}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>02.11.2022</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="442913" y="1241425"/>
-            <a:ext cx="5972175" cy="3359150"/>
+            <a:off x="420688" y="1241425"/>
+            <a:ext cx="5967412" cy="3355975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заметки 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685801" y="4787126"/>
-            <a:ext cx="5486400" cy="3916740"/>
+            <a:off x="680880" y="4784070"/>
+            <a:ext cx="5447030" cy="3914240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5" y="9448185"/>
-            <a:ext cx="2971800" cy="499091"/>
+            <a:off x="4" y="9442154"/>
+            <a:ext cx="2950475" cy="498772"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884617" y="9448185"/>
-            <a:ext cx="2971800" cy="499091"/>
+            <a:off x="3856741" y="9442154"/>
+            <a:ext cx="2950475" cy="498772"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91409" tIns="45705" rIns="91409" bIns="45705" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91108" tIns="45555" rIns="91108" bIns="45555" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F1732A2B-0E36-4D94-BE9F-4F520D8A9F09}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="331948102"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
@@ -4676,83 +4676,83 @@
           <a:p>
             <a:fld id="{1BBE424C-940E-4969-AD3E-702B31DD2D3C}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AEC9BC5-A998-4C40-9B5A-3D11FF866B92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="hqprint">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11327364" y="149347"/>
             <a:ext cx="534796" cy="541215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2355901586"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="3135" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="574" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
@@ -5183,51 +5183,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1BBE424C-940E-4969-AD3E-702B31DD2D3C}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2618440999"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483684" r:id="rId1"/>
     <p:sldLayoutId id="2147483686" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
@@ -5712,51 +5712,51 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ОҚУ-АҒАРТУ </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="1600" spc="-5" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>МИНИСТРЛІГІ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="3004339" y="27384"/>
+            <a:off x="2849486" y="-28575"/>
             <a:ext cx="9342514" cy="6886575"/>
             <a:chOff x="3003994" y="0"/>
             <a:chExt cx="9188450" cy="6886575"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="object 7"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3064764" y="0"/>
               <a:ext cx="9127490" cy="6858000"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="9127490" h="6858000">
                   <a:moveTo>
@@ -5838,133 +5838,108 @@
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5286832" y="6311801"/>
             <a:ext cx="2465352" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" spc="-5" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>г. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Астана</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" spc="-5" dirty="0" smtClean="0">
-[...18 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...7 lines deleted...]
-              <a:t>2</a:t>
+              <a:t> 2</a:t>
             </a:r>
             <a:r>
               <a:rPr dirty="0">
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>02</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr spc="-50" dirty="0">
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" spc="-5" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>жыл</a:t>
+              <a:t>год</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
-              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="7877441" y="0"/>
             <a:ext cx="4314559" cy="6858000"/>
             <a:chOff x="8645652" y="0"/>
             <a:chExt cx="3499485" cy="6858000"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="object 12"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -6078,114 +6053,54 @@
         <p:nvSpPr>
           <p:cNvPr id="14" name="object 14"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3116065" y="2949143"/>
             <a:ext cx="6971179" cy="678263"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...53 lines deleted...]
-              <a:t>траекториясы</a:t>
+              <a:t>Мониторинг образовательных достижений обучающихся траектория развития</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2776746125"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -6194,80 +6109,80 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A66700E-970E-4D87-BF32-BFFC6D4956CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1894901" y="137881"/>
-            <a:ext cx="8780443" cy="511871"/>
+            <a:ext cx="8780443" cy="553357"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>БАҒАЛАУДЫҢ СЫРТҚЫ ТҮРЛЕРІНЕ ШОЛУ</a:t>
+              <a:t>ОБЗОР ВНЕШНИХ ВИДОВ ОЦЕНИВАНИЯ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6BEAE2F-E188-4C19-8AEC-994681B05664}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -6294,156 +6209,130 @@
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="11" name="Таблица 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F562B44-957E-DC53-5489-8EB958796237}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="0" y="806296"/>
-          <a:ext cx="12192000" cy="6552867"/>
+          <a:off x="208231" y="827872"/>
+          <a:ext cx="11416420" cy="5924431"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="2058051">
+                <a:gridCol w="1620569">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3007360627"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1817019">
+                <a:gridCol w="2199993">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="835794886"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1297871">
+                <a:gridCol w="1276539">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1848229032"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1316411">
+                <a:gridCol w="1050201">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2919747815"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1565913">
+                <a:gridCol w="1484769">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4118750054"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1627418">
+                <a:gridCol w="1575303">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3280024224"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="2509317">
+                <a:gridCol w="2209046">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3004686186"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="676778">
+              <a:tr h="297844">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ҚАТЫСУШЫ</a:t>
+                        <a:t>УЧАСТНИКИ</a:t>
                       </a:r>
-                    </a:p>
-[...18 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -6463,66 +6352,59 @@
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ЗЕРТТЕУ</a:t>
+                        <a:t>ИССЛЕДОВАНИЕ</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -6542,58 +6424,58 @@
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ТИПІ</a:t>
+                        <a:t>ТИП</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -6707,79 +6589,60 @@
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ҚАТЫСУШЫ</a:t>
+                        <a:t>УЧАСТНИКИ</a:t>
                       </a:r>
-                      <a:br>
-[...18 lines deleted...]
-                      <a:endParaRPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
@@ -6805,58 +6668,58 @@
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ПӘНДЕР</a:t>
+                        <a:t>ПРЕДМЕТЫ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -6884,58 +6747,58 @@
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>МАҚСАТ</a:t>
+                        <a:t>ЦЕЛЬ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -6962,96 +6825,84 @@
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="842305897"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="347712">
+              <a:tr h="258825">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 </a:t>
-[...11 lines deleted...]
-                        <a:t>сынып</a:t>
+                        <a:t>4 класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
@@ -7155,55 +7006,55 @@
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Бағалау</a:t>
+                        <a:t>Оценивание</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -7231,55 +7082,55 @@
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жыл сайын</a:t>
+                        <a:t>Ежегодно</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -7307,55 +7158,55 @@
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Іріктеу</a:t>
+                        <a:t>Выборка</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -7383,60 +7234,70 @@
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Математика, оқу және жаратылыстану</a:t>
+                        <a:t>Математика</a:t>
                       </a:r>
-                      <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, чтение</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1400">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>  и естествознание</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -7475,165 +7336,55 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Оқу</a:t>
-[...109 lines deleted...]
-                        <a:t>ұсынымдар</a:t>
+                        <a:t>Освоение учебной программы. Методические рекомендации ОО</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FF0000"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -7663,116 +7414,104 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="685134830"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="613441">
+              <a:tr h="280273">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...11 lines deleted...]
-                        <a:t>сынып</a:t>
+                        <a:t> класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -7929,100 +7668,79 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3998947494"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="768295">
+              <a:tr h="446766">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>9 </a:t>
+                        <a:t>9 класс</a:t>
                       </a:r>
-                      <a:r>
-[...19 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -8044,74 +7762,56 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Қорытынды</a:t>
+                        <a:t>Итоговая аттестация</a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -8150,55 +7850,55 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Емтихан</a:t>
+                        <a:t>Экзамен</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -8242,57 +7942,57 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жыл сайын</a:t>
+                        <a:t>Ежегодно</a:t>
                       </a:r>
-                      <a:endParaRPr lang="kk-KZ" sz="1400" b="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -8318,55 +8018,55 @@
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Барлығы</a:t>
+                        <a:t>Все</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -8410,81 +8110,68 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 міндетті </a:t>
+                        <a:t>3 обязательных</a:t>
                       </a:r>
-                    </a:p>
-[...19 lines deleted...]
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                      <a:br>
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 таңдау үшін</a:t>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>1 на выбор</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -8528,121 +8215,69 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Оқу</a:t>
+                        <a:t>Освоение учебной программы </a:t>
                       </a:r>
-                      <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                      <a:br>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-                      </a:r>
+                      </a:br>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>бағдарламасын</a:t>
+                        <a:t>Аттестация</a:t>
                       </a:r>
-                      <a:r>
-[...49 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -8664,98 +8299,86 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1049773144"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="768295">
+              <a:tr h="446766">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>11 </a:t>
-[...11 lines deleted...]
-                        <a:t>сынып</a:t>
+                        <a:t>11 класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -8826,79 +8449,56 @@
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Барлығы</a:t>
+                        <a:t>Все</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
-[...21 lines deleted...]
-                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
@@ -8928,67 +8528,64 @@
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 </a:t>
+                        <a:t>4 обязательных</a:t>
                       </a:r>
-                      <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                      <a:br>
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>міндетті</a:t>
-[...2 lines deleted...]
-                    <a:p>
+                      </a:br>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 таңдау үшін</a:t>
+                        <a:t>1 на выбор</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -9029,186 +8626,72 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Оқу</a:t>
+                        <a:t>Освоение учебной программы </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
-[...8 lines deleted...]
-                          <a:uFillTx/>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                          <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...103 lines deleted...]
-                        <a:t>Аттестаттау</a:t>
+                        <a:t>Аттестация</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:prstClr val="black"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -9245,110 +8728,98 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="27748237"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="320124">
+              <a:tr h="331600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...11 lines deleted...]
-                        <a:t>сынып</a:t>
+                        <a:t> класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -9462,67 +8933,67 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Бағалау</a:t>
+                        <a:t>Оценивание</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:prstClr val="black"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -9557,92 +9028,138 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 </a:t>
+                        <a:t>Раз в </a:t>
                       </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>жылда</a:t>
+                        <a:t>4 года</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>Выборка</a:t>
                       </a:r>
-                      <a:r>
-[...20 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -9667,135 +9184,66 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Іріктеу</a:t>
+                        <a:t>Математика и </a:t>
                       </a:r>
-                      <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
-                  </a:txBody>
-[...59 lines deleted...]
-                    <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Математика және жаратылыстану</a:t>
+                        <a:t>естествознание</a:t>
                       </a:r>
-                      <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -9816,74 +9264,56 @@
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жүйенің</a:t>
+                        <a:t>Мониторинг системы</a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -9904,51 +9334,51 @@
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3328492344"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="448171">
+              <a:tr h="319791">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
@@ -9959,81 +9389,64 @@
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...16 lines deleted...]
-                        <a:t>сынып</a:t>
+                        <a:t> класс</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -10404,110 +9817,98 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3951871499"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="544209">
+              <a:tr h="326891">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t> класс</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -10638,67 +10039,67 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Бағалау</a:t>
+                        <a:t>Оценивание</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:prstClr val="black"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -10749,92 +10150,154 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>5 </a:t>
+                        <a:t>Раз в </a:t>
                       </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>жылда</a:t>
+                        <a:t>5 лет</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>Выборка</a:t>
                       </a:r>
-                      <a:r>
-[...20 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -10859,130 +10322,55 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Іріктеу</a:t>
-[...74 lines deleted...]
-                        <a:t>оқу</a:t>
+                        <a:t>Чтение</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -11025,74 +10413,56 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жүйенің</a:t>
+                        <a:t>Мониторинг системы</a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -11113,116 +10483,104 @@
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="130834218"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="336393">
+              <a:tr h="348453">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t> класс</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -11336,67 +10694,67 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Бағалау</a:t>
+                        <a:t>Оценивание</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:prstClr val="black"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -11431,64 +10789,138 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>5 </a:t>
+                        <a:t>Раз в </a:t>
                       </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>жыл</a:t>
+                        <a:t>5 лет</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1400">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Выборка</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -11513,130 +10945,55 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Іріктеу</a:t>
-[...74 lines deleted...]
-                        <a:t>АКТ</a:t>
+                        <a:t>ИКТ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
@@ -11679,74 +11036,56 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жүйенің</a:t>
+                        <a:t>Мониторинг системы</a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -11767,140 +11106,128 @@
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1549519307"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="768295">
+              <a:tr h="621133">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>-</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t> классы</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -12014,67 +11341,67 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Бағалау</a:t>
+                        <a:t>Оценивание</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:prstClr val="black"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -12125,122 +11452,154 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3</a:t>
+                        <a:t>Раз в </a:t>
                       </a:r>
-                      <a:r>
-[...44 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>3 года</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1400">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Выборка</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -12265,130 +11624,55 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Іріктеу</a:t>
-[...74 lines deleted...]
-                        <a:t>Математика және жаратылыстану</a:t>
+                        <a:t>Математика, чтение и естествознание</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -12427,74 +11711,56 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жүйенің</a:t>
+                        <a:t>Мониторинг системы</a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -12515,140 +11781,128 @@
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1076678963"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="961154">
+              <a:tr h="625473">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="50"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="100"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>-</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1400">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t> классы</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -12671,67 +11925,70 @@
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                        <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>PISA</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1400">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>для школ</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -12769,67 +12026,67 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+                        <a:rPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:uLnTx/>
                           <a:uFillTx/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Бағалау</a:t>
+                        <a:t>Оценивание</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="kk-KZ" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:prstClr val="black"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:uLnTx/>
                         <a:uFillTx/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -12880,71 +12137,128 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" b="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жыл</a:t>
+                        <a:t>Ежегодно</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1">
+                        <a:lumMod val="95000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" b="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>Выборка</a:t>
                       </a:r>
-                      <a:r>
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400">
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
@@ -12969,135 +12283,56 @@
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Іріктеу</a:t>
+                        <a:t>Математика, чтение и естествознание</a:t>
                       </a:r>
-                      <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
-[...77 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -13135,130 +12370,69 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Жүйенің</a:t>
+                        <a:t>Мониторинг системы</a:t>
                       </a:r>
-                      <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                      <a:br>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-                      </a:r>
+                      </a:br>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>мониторингі</a:t>
+                        <a:t>Помощь школам в понимании уровня качества</a:t>
                       </a:r>
-                      <a:r>
-[...58 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -13294,689 +12468,359 @@
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2052104380"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1260491282"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A66700E-970E-4D87-BF32-BFFC6D4956CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1632544" y="159381"/>
-            <a:ext cx="9808117" cy="451919"/>
+            <a:ext cx="9808117" cy="487506"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Білім</a:t>
-[...87 lines deleted...]
-              <a:t>мониторингі</a:t>
+              <a:t>Мониторинг образовательных достижений обучающихся </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E5D0DDF-AA11-76AB-F0E3-0D58BD8EC5CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8539370" y="1193356"/>
-            <a:ext cx="1562992" cy="307658"/>
+            <a:ext cx="969609" cy="307658"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>МАҚСАТЫ </a:t>
+              <a:t>ЦЕЛЬ </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79098668-13AC-C829-BE06-DC4E760A1D43}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8539370" y="1651035"/>
             <a:ext cx="3561384" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
-[...26 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...76 lines deleted...]
-              <a:t>бағалау</a:t>
+              <a:t>Оценка качества знаний обучающихся в соответствии требованиями ГОСО</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Прямоугольник 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2DE191B-5D77-71ED-4805-7DFA54879F28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1758915" y="1188200"/>
-            <a:ext cx="1995400" cy="295251"/>
+            <a:ext cx="1735723" cy="295251"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>МИССИЯСЫ</a:t>
+              <a:t>МИССИЯ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="TextBox 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73B204A3-7E7D-DC69-2B36-61ED7076F540}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1758914" y="1763139"/>
             <a:ext cx="4850115" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Разработать национальную систему оценивания уровня </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>стандарттарға</a:t>
+              <a:t>качества образования соответствующую  международным стандартам</a:t>
             </a:r>
-            <a:r>
-[...128 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="32" name="Рисунок 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AD7E54F-A8EF-495C-AED3-9884000178A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:duotone>
               <a:prstClr val="black"/>
               <a:schemeClr val="tx2">
                 <a:tint val="45000"/>
                 <a:satMod val="400000"/>
               </a:schemeClr>
@@ -14123,89 +12967,89 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="764977" y="3160605"/>
             <a:ext cx="544872" cy="544872"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Прямоугольник 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2DE191B-5D77-71ED-4805-7DFA54879F28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1766170" y="3276871"/>
-            <a:ext cx="2146407" cy="295251"/>
+            <a:ext cx="1735723" cy="295251"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>МІНДЕТТЕРІ</a:t>
+              <a:t>ЗАДАЧИ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D48F016-7C15-D313-0BC7-FE8C6CAFCFD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -14289,52 +13133,52 @@
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="TextBox 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E302ED71-5278-DD5D-72D6-919A78C6B73F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4475285" y="4185989"/>
-            <a:ext cx="451429" cy="584775"/>
+            <a:off x="4572001" y="4185989"/>
+            <a:ext cx="421974" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" sz="3200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -14421,900 +13265,416 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="790543" y="4224508"/>
             <a:ext cx="3933809" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Функционалдық</a:t>
+              <a:t>Определение уровня функциональной грамотности</a:t>
             </a:r>
-            <a:r>
-[...65 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="TextBox 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0845EB1-B782-BEA0-C1A6-CC629B1F8D11}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4926714" y="4184420"/>
-            <a:ext cx="2968778" cy="646331"/>
+            <a:off x="4926713" y="4184420"/>
+            <a:ext cx="3605131" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Мүдделі</a:t>
-[...65 lines deleted...]
-              <a:t>байланыс</a:t>
+              <a:t>Обратная связь заинтересованным сторонам</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="ru-RU" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="TextBox 41">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF824D65-FCFC-C2E2-65AE-C136914C197F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8947665" y="4230255"/>
-            <a:ext cx="2790066" cy="646331"/>
+            <a:ext cx="2626622" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Оқу бағдарламаларын жетілдіру</a:t>
+              <a:t>Совершенствование учебных программ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43" name="Прямоугольник 42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A00BA4CE-54B2-0CFD-1223-B92276EAF944}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="193431" y="4058175"/>
-            <a:ext cx="11834446" cy="2046217"/>
+            <a:off x="352541" y="4058175"/>
+            <a:ext cx="11462232" cy="2046217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="TextBox 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87E5AFD1-F99F-4CAD-E684-8FEA9B1BB586}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="790543" y="5082622"/>
-            <a:ext cx="3426490" cy="646331"/>
+            <a:off x="891665" y="5082622"/>
+            <a:ext cx="3325368" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Білім</a:t>
+              <a:t>Определение уровня освоения знаний и навык</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> мен </a:t>
-[...69 lines deleted...]
-              <a:t>анықтау</a:t>
+              <a:t>ов</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="TextBox 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C52B4666-C270-8DE1-98EF-EE4D4FE63F15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4700999" y="4888119"/>
-            <a:ext cx="3171139" cy="1200329"/>
+            <a:off x="4724353" y="5039718"/>
+            <a:ext cx="3929204" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Мектептерге</a:t>
+              <a:t>Школам; разработчикам учебных программ; лицам, определяющих политику</a:t>
             </a:r>
-            <a:r>
-[...145 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="TextBox 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BB375D5-F869-CB6E-2991-2450106D69AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8581704" y="4864482"/>
-            <a:ext cx="3301510" cy="1200329"/>
+            <a:off x="8638443" y="5082622"/>
+            <a:ext cx="3222075" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="ru-RU" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Білім</a:t>
+              <a:t>Служить катализатором действий по улучшению содержания образования</a:t>
             </a:r>
-            <a:r>
-[...166 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1934788552"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -15350,81 +13710,81 @@
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>04</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Прямоугольник 46">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A66700E-970E-4D87-BF32-BFFC6D4956CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2591805" y="165772"/>
-            <a:ext cx="5134812" cy="553357"/>
+            <a:off x="4472205" y="165772"/>
+            <a:ext cx="4264436" cy="553357"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ІСКЕ АСЫРУ КЕЗЕҢДЕРІ</a:t>
+              <a:t>ЭТАПЫ РЕАЛИЗАЦИИ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{171620D3-F275-8E23-5910-5170F192F8DE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
@@ -19958,74 +18318,58 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Бағалау</a:t>
+              <a:t>Рамка оценивания  </a:t>
             </a:r>
-            <a:r>
-[...15 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="77" name="TextBox 532">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{701CF513-DE0F-36A8-396C-3BD0EBE27C6A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -20146,68 +18490,81 @@
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Шеңберді әзірлеу</a:t>
+              <a:t>Разработка </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рамки</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA7158D8-2E23-4DCF-2547-649F70C81414}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1237735" y="5286082"/>
             <a:ext cx="1151893" cy="1192"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -20526,113 +18883,89 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Тест </a:t>
+              <a:t>Банк тестовых вопросов</a:t>
             </a:r>
-            <a:r>
-[...23 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="81" name="TextBox 538">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31D5C516-9BCA-9325-81EB-EFDD96BC5EDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="964906" y="4844269"/>
-            <a:ext cx="1649811" cy="338554"/>
+            <a:off x="1115588" y="4721159"/>
+            <a:ext cx="1348446" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -20720,92 +19053,83 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тесттерді</a:t>
+              <a:t>Разработка </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-            </a:r>
+            </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>әзірлеу</a:t>
+              <a:t>тестов</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26A701A9-6ABC-9DBB-57B6-401B723914C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2749437" y="1743699"/>
             <a:ext cx="1151893" cy="1192"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -21124,143 +19448,119 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Ұлттық</a:t>
+              <a:t>Национальный стандарт выборки</a:t>
             </a:r>
-            <a:r>
-[...23 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="85" name="TextBox 543">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D9A5949-71FD-DF5D-12F0-4F6E1504B736}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2573215" y="1149193"/>
-            <a:ext cx="1549691" cy="584775"/>
+            <a:off x="2684499" y="1272303"/>
+            <a:ext cx="1292341" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" anchor="ctr">
+          <a:bodyPr wrap="none" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750">
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1143000" indent="-228600">
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
@@ -21320,122 +19620,81 @@
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қатысушылар</a:t>
-[...10 lines deleted...]
-              <a:t>-</a:t>
+              <a:t>Выборка </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>дың</a:t>
+              <a:t>участников</a:t>
             </a:r>
-            <a:r>
-[...28 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="86" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DABEA8DF-5D29-A631-CC3A-CC4B7C4C41C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3832289" y="6092220"/>
             <a:ext cx="1151893" cy="1787"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -21754,129 +20013,89 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Тест </a:t>
+              <a:t>Стандартизация составления вариантов тестов</a:t>
             </a:r>
-            <a:r>
-[...39 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89" name="TextBox 548">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5412F5CE-214A-1ABB-D43C-D65F672E019E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3512690" y="5604258"/>
-            <a:ext cx="1800493" cy="338554"/>
+            <a:off x="3660967" y="5481148"/>
+            <a:ext cx="1503938" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -21964,92 +20183,83 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Өткізуге</a:t>
+              <a:t>Подготовка к</a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-            </a:r>
+            </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>дайындық</a:t>
+              <a:t>проведению</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21EA18CA-2AB4-AE41-8074-7FCAB9FE3F0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4875278" y="2256440"/>
             <a:ext cx="1152480" cy="1787"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -22604,165 +20814,84 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>МОДО-</a:t>
+              <a:t>Цифровая платформа МОДО</a:t>
             </a:r>
-            <a:r>
-[...79 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="95" name="TextBox 532">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{876DA2CA-94AA-B68F-6FD5-D9D28DD1F306}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4796499" y="1873082"/>
-            <a:ext cx="1417376" cy="338554"/>
+            <a:off x="4366893" y="1873082"/>
+            <a:ext cx="2276585" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -22850,70 +20979,62 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Әкімшілендіру</a:t>
+              <a:t>Администрирование</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="96" name="Line 509">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E071BA1F-E0D4-9457-B408-0F398C879106}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="10327131" y="5290251"/>
             <a:ext cx="456998" cy="1787"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -24542,121 +22663,97 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Статистикалық</a:t>
+              <a:t>Статистическая обработка (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0">
-[...23 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
               <a:t>IRT)</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1200" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="111" name="TextBox 538">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A195A7F5-A060-EF53-8712-091D089E70DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5584600" y="5208044"/>
-            <a:ext cx="3111750" cy="338554"/>
+            <a:off x="6334001" y="5084934"/>
+            <a:ext cx="1612942" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -24744,116 +22841,82 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Өңдеу</a:t>
+              <a:t>Обработка, </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, шкал </a:t>
-            </a:r>
+            </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>бойынша</a:t>
-[...32 lines deleted...]
-              <a:t> </a:t>
+              <a:t>шкалирование</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="112" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55408143-29A6-4A0E-BDAD-79341DFD414F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7956010" y="2550007"/>
             <a:ext cx="1151893" cy="1192"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
@@ -25173,115 +23236,78 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Стандартталған</a:t>
+              <a:t>Стандартизированный школьный отчет</a:t>
             </a:r>
-            <a:r>
-[...35 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="115" name="TextBox 543">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72A518B6-45DE-E2AE-0CDC-5993AE3EE31C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6915057" y="2052759"/>
-            <a:ext cx="3243197" cy="338554"/>
+            <a:off x="7402370" y="1929649"/>
+            <a:ext cx="2268571" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -25369,136 +23395,83 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Нәтижелерді</a:t>
+              <a:t>Анализ и публикация</a:t>
             </a:r>
-            <a:r>
+            <a:br>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-            </a:r>
+            </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>талдау</a:t>
+              <a:t>результатов</a:t>
             </a:r>
-            <a:r>
-[...50 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="116" name="Line 396">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A44D0A76-D728-66E7-24F2-659A2B140B79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="10520973" y="3756597"/>
             <a:ext cx="1151893" cy="1787"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
@@ -26184,51 +24157,51 @@
           <a:p>
             <a:pPr defTabSz="914217">
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="3599"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="122" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E300843-31E5-987D-FE08-8969A52FE8AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="10101584" y="3791449"/>
-            <a:ext cx="1956013" cy="276007"/>
+            <a:ext cx="1956013" cy="442207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -26400,91 +24373,76 @@
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200">
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>Халықаралық</a:t>
+              <a:t>Международное признание</a:t>
             </a:r>
-            <a:r>
-[...13 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="123" name="TextBox 548">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10B29856-1BAA-17BE-C751-D113E134E4C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="9686625" y="3037097"/>
-            <a:ext cx="2797679" cy="584775"/>
+            <a:off x="9686625" y="2913986"/>
+            <a:ext cx="2797679" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -26572,62 +24530,95 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="1827213" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Light" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
             <a:r>
-              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Валидациялық зерттеу,аккредиттеу</a:t>
+              <a:t>Валидационное исследование</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>аккредитация</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" altLang="ru-RU" sz="1600" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Lato Black" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A4C27A9-ED37-CF4A-5613-8EA00BDC7C40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11444259" y="6471658"/>
             <a:ext cx="826976" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
@@ -26643,126 +24634,126 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1440849260"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Прямоугольник 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A66700E-970E-4D87-BF32-BFFC6D4956CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3729820" y="111027"/>
-            <a:ext cx="5721997" cy="511871"/>
+            <a:ext cx="5721997" cy="553357"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>МОДО-дағы ЖАҢҒЫРТУ</a:t>
+              <a:t>НОВОВВЕДЕНИЕ  В МОДО</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="AutoShape 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="428724" y="1137796"/>
             <a:ext cx="2687578" cy="423557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -27222,62 +25213,64 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ӨТКІЗУДІ СТАНДАРТТАУ</a:t>
+              <a:t>СТАНДАРТИЗАЦИЯ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРОВЕДЕНИЯ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="AutoShape 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3333291" y="1569532"/>
             <a:ext cx="2663000" cy="594119"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="191919">
               <a:alpha val="3529"/>
             </a:srgbClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
@@ -27357,74 +25350,79 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ЖАҢА ТИПТЕГІ ТЕСТТЕР </a:t>
+              <a:t>ТЕСТЫ НОВОГО ТИПА</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
-[...2 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="900" i="1" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="AutoShape 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6361999" y="1545454"/>
+            <a:off x="6353650" y="1536489"/>
             <a:ext cx="2654177" cy="627162"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="191919">
               <a:alpha val="3529"/>
             </a:srgbClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -27492,61 +25490,60 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОҚУШЫЛАРДЫҢ ІРІКТЕМЕСІ</a:t>
+              <a:t>ВЫБОРКА УЧАЩИХСЯ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
-[...2 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1050" i="1" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="66" name="AutoShape 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="428726" y="1555623"/>
             <a:ext cx="2687577" cy="608028"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="191919">
               <a:alpha val="3529"/>
             </a:srgbClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
@@ -27627,61 +25624,63 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>БАҒАЛАУ ШЕҢБЕРІ</a:t>
+              <a:t>РАМКА ОЦЕНИВАНИЯ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
-[...2 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1100" i="1" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="TextBox 40"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8175769" y="1101828"/>
             <a:ext cx="792088" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -27982,362 +25981,122 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="428722" y="2669453"/>
             <a:ext cx="2687579" cy="3447098"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Халықаралық</a:t>
+              <a:t>Стандартизация инструментов (тестовых заданий) и процедур по аналогии международных исследований</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Предметное содержание тестовых модулей и уровней сложности</a:t>
             </a:r>
-            <a:r>
-[...114 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Тест </a:t>
-[...139 lines deleted...]
-              <a:t>бағалау</a:t>
+              <a:t>Стандартизированное оценивание по предметам</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rounded Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64FFDE71-72A6-9FE7-E3F2-E1F07F2FA22E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="428723" y="2510145"/>
-            <a:ext cx="2709162" cy="3864277"/>
+            <a:off x="428723" y="2510146"/>
+            <a:ext cx="2687577" cy="3748986"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 4078"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
@@ -28347,51 +26106,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rounded Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E88A4AC-905A-C917-DC9F-1DB4FEB72C87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3382836" y="2510146"/>
-            <a:ext cx="2687577" cy="3864276"/>
+            <a:ext cx="2687577" cy="3748986"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 4078"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
@@ -28400,52 +26159,52 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rounded Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C31040-FA82-7116-E009-E8EDCF2EDD4C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6354056" y="2513364"/>
-            <a:ext cx="2670470" cy="3861057"/>
+            <a:off x="6336949" y="2513365"/>
+            <a:ext cx="2687577" cy="3748986"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 4078"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
@@ -28455,51 +26214,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rounded Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C48BDB4-92D4-B783-0EEF-819528737694}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9220488" y="2510145"/>
-            <a:ext cx="2687577" cy="3864276"/>
+            <a:ext cx="2687577" cy="3748986"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 4078"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
@@ -28509,1350 +26268,545 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="TextBox 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B978753-4848-0132-FDCE-B081984B6D41}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3361252" y="2669453"/>
-            <a:ext cx="2660170" cy="3314497"/>
+            <a:ext cx="2660170" cy="2876172"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750" defTabSz="228554">
               <a:lnSpc>
                 <a:spcPct val="89000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Аналитикалық</a:t>
+              <a:t>Тесты открытого типа на выявление уровня аналитического и критического мышления</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" defTabSz="228554">
+              <a:lnSpc>
+                <a:spcPct val="89000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Визуализация тестов с функцией</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>перетаскивания, выпадающих ответов</a:t>
             </a:r>
-            <a:r>
-[...118 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750" defTabSz="228554">
               <a:lnSpc>
                 <a:spcPct val="89000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
-[...120 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>С</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>психометриялық</a:t>
+              <a:t>бор психометрических показателей теста</a:t>
             </a:r>
-            <a:r>
-[...33 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CA451F0-8015-D413-34A5-B37EE1CB3EEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6362000" y="2540368"/>
-            <a:ext cx="2743022" cy="4124206"/>
+            <a:off x="6353651" y="2669453"/>
+            <a:ext cx="2670875" cy="3539430"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" lvl="0" indent="-285750">
+            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Халықаралық</a:t>
+              <a:t>Репрезентативная в</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
-[...98 lines deleted...]
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>:</a:t>
+              <a:t>ыборка</a:t>
             </a:r>
-          </a:p>
-[...17 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="segoeUI"/>
+                <a:cs typeface="segoeUI"/>
+              </a:rPr>
+              <a:t> а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="segoeUI"/>
+                <a:cs typeface="segoeUI"/>
+              </a:rPr>
+              <a:t>налогично</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="segoeUI"/>
+                <a:cs typeface="segoeUI"/>
+              </a:rPr>
+              <a:t> международным исследованиям:</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buAutoNum type="arabicParenR"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Страттар</a:t>
+              <a:t>Выборка по стратам</a:t>
             </a:r>
-            <a:r>
-[...43 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFontTx/>
               <a:buAutoNum type="arabicParenR"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Оқушылардың</a:t>
+              <a:t>Внутришкольная выборка </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...1 lines deleted...]
-                <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>учащихся</a:t>
             </a:r>
-            <a:r>
-[...97 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Колледждердің</a:t>
+              <a:t>Включение в мониторинг образовательных достижений учащихся 6 классов школ, 3 курса колледжей</a:t>
             </a:r>
-            <a:r>
-[...157 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1102324B-DEA8-17D8-B021-54B28B1C3094}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9308169" y="2669453"/>
-            <a:ext cx="2710916" cy="3046988"/>
+            <a:off x="9216042" y="2669453"/>
+            <a:ext cx="2687577" cy="3293209"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" lvl="0" indent="-285750">
+            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>Халықаралық</a:t>
+              <a:t>С</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>тандартизированный</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="segoeUI"/>
                 <a:cs typeface="segoeUI"/>
               </a:rPr>
-              <a:t>зерттеулерге</a:t>
+              <a:t> подход аналогично международным исследованиям:</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicParenR"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
-[...3 lines deleted...]
-                <a:cs typeface="segoeUI"/>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Руководство тест-администраторов</a:t>
             </a:r>
-            <a:r>
-[...83 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" lvl="0" indent="-285750">
-[...13 lines deleted...]
-            <a:pPr lvl="0">
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicParenR"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Р</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1) Тест-</a:t>
+              <a:t>уководство составления дизайна вариантов теста, ввода вопросов на цифровую платформу</a:t>
             </a:r>
-            <a:r>
-[...23 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0">
+            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...132 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1600" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -29869,51 +26823,51 @@
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="segoeUI"/>
               <a:cs typeface="segoeUI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1611901177"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -29936,59 +26890,59 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3729820" y="111027"/>
             <a:ext cx="5721997" cy="553357"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>МОДО-дағы ЖАҢАШЫЛДЫҚ </a:t>
+              <a:t>НОВОВВЕДЕНИЕ  В МОДО</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="AutoShape 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="825330" y="1182222"/>
             <a:ext cx="3012103" cy="423557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -30423,64 +27377,64 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ВАЛИДАЦИЯЛЫҚ ЗЕРТТЕУ ЖӘНЕ АККРЕДИТТЕУ</a:t>
+              <a:t>ВАЛИДАЦИОННОЕ ИССЛЕДОВАНИЕ И АККРЕДИТАЦИЯ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="AutoShape 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4615515" y="1522171"/>
+            <a:off x="4658974" y="1520128"/>
             <a:ext cx="2987529" cy="594119"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="191919">
               <a:alpha val="3529"/>
             </a:srgbClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -30548,74 +27502,70 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ӨҢДЕУ ЖӘНЕ ШКАЛ БОЙЫНША МОДЕЛЬДЕУ </a:t>
+              <a:t>ОБРАБОТКА И ШКАЛИРОВАНИЕ </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
-[...2 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="900" i="1" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="66" name="AutoShape 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="825331" y="1643887"/>
+            <a:off x="825333" y="1600049"/>
             <a:ext cx="3012102" cy="608028"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="191919">
               <a:alpha val="3529"/>
             </a:srgbClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -30683,61 +27633,60 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ӘКІМШІЛЕНДІРУ</a:t>
+              <a:t>АДМИНИСТРИРОВАНИЕ</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1100" i="1" dirty="0">
-              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="TextBox 41"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10686178" y="1108914"/>
             <a:ext cx="792088" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -30887,253 +27836,112 @@
               <a:t>6</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABE5658A-A298-8B85-AB72-9C0C0F713A56}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="825330" y="2669452"/>
-            <a:ext cx="3012105" cy="2385268"/>
+            <a:ext cx="3012105" cy="2954655"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тест-</a:t>
+              <a:t>Привлечение тест- администраторов (независимое социологическое агентство)</a:t>
             </a:r>
-            <a:r>
-[...85 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тестілеуді</a:t>
+              <a:t>Новая тестовая платформа с расширенным функционалом по проведению тестирования</a:t>
             </a:r>
-            <a:r>
-[...69 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rounded Rectangle 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{111330F9-7D38-5F99-27A0-4AAA8EBDBCA7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="825331" y="2510145"/>
             <a:ext cx="3012106" cy="3748986"/>
@@ -31276,548 +28084,240 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="x-none"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{675BE1E6-3E53-4432-EEC9-6913CBE53CC0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4634398" y="2657346"/>
-            <a:ext cx="3012106" cy="2800767"/>
+            <a:ext cx="3012106" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Статистическая обработка результатов учащихся (шкалирования результатов, психометрическ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> анализ качества тестовых вопросов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>анализ ответов учащихся на вопросы анкетирования)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B907A57D-8599-F44C-3CE1-7CB05093AC25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8306718" y="2625847"/>
+            <a:ext cx="3294043" cy="2139047"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Оқушылардың</a:t>
+              <a:t>Валидационное</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...222 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...58 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>серіктестермен</a:t>
+              <a:t>исследовние</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> с</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>бірге</a:t>
+              <a:t>овместно с международными партнерами</a:t>
             </a:r>
-            <a:r>
-[...30 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...76 lines deleted...]
-              <a:t>аккредиттеу</a:t>
+              <a:t>Аккредитация системы мониторинга образовательных достижений обучающихся</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4169855913"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns="" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" Requires="p159">
+    <mc:Choice xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns="" Requires="p159">
       <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="slow" p14:dur="900" advClick="0" advTm="4865">
         <p159:morph option="byObject"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback>
       <p:transition spd="slow" advClick="0" advTm="4865">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Другая 2">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="17406D"/>
@@ -32617,59 +29117,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Документ" ma:contentTypeID="0x010100C769B17AC1344D49B43DECC362824163" ma:contentTypeVersion="16" ma:contentTypeDescription="Создание документа." ma:contentTypeScope="" ma:versionID="9a17f9cd7e6b13cec74b6c234a69d067">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2a82387d-61fb-4b2f-9eff-ef815e45d6b6" xmlns:ns3="b06eeaaa-3f6e-4adf-a4f2-525bbb44651a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="46cbe278eba75e778c4ebfd6bab1a91c" ns2:_="" ns3:_="">
     <xsd:import namespace="2a82387d-61fb-4b2f-9eff-ef815e45d6b6"/>
     <xsd:import namespace="b06eeaaa-3f6e-4adf-a4f2-525bbb44651a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -32868,154 +29359,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a82387d-61fb-4b2f-9eff-ef815e45d6b6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b06eeaaa-3f6e-4adf-a4f2-525bbb44651a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B265D34-D291-4408-B829-166957D6534E}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C1143EE-EAD9-4F35-AB2C-E36BCD178EC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="2a82387d-61fb-4b2f-9eff-ef815e45d6b6"/>
     <ds:schemaRef ds:uri="b06eeaaa-3f6e-4adf-a4f2-525bbb44651a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B265D34-D291-4408-B829-166957D6534E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87086DE7-AFA3-40E9-B090-18EB36F6643B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a82387d-61fb-4b2f-9eff-ef815e45d6b6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="b06eeaaa-3f6e-4adf-a4f2-525bbb44651a"/>
-    <ds:schemaRef ds:uri="2a82387d-61fb-4b2f-9eff-ef815e45d6b6"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>472</Words>
+  <Words>443</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
   <Paragraphs>162</Paragraphs>
   <Slides>6</Slides>
   <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Lato Black</vt:lpstr>
       <vt:lpstr>Lato Light</vt:lpstr>
       <vt:lpstr>segoeUI</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Univers Condensed Light</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Білім алушылардың білім жетістіктерінің мониторингі даму траекториясы</vt:lpstr>
+      <vt:lpstr>Мониторинг образовательных достижений обучающихся траектория развития</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЦИФРОВАЯ ТРАНСФОРМАЦИЯ ОБРАЗОВАНИЯ</dc:title>
   <dc:creator>Rustem Bigari</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>