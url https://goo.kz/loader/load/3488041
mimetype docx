--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,8020 +1,7806 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
-[...20 lines deleted...]
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> математика мұғалімі лауазымына </w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 14  города Павлодара» объявляет </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>конкурс жариялайды(бос лауазымға)</w:t>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность учителя математики </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на вакантную должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="10137" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...41 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 14 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 14 города Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Катаев көшесі, 36 </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Катаева, 36 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>8 (7182) 68-35-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Sosh14@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...40 lines deleted...]
-              <w:t>аралас тілдегі математика мұғалімі, 16 сағат</w:t>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель математики со смешанным языком обучения,          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...447 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-осуществляет обучение и воспитание </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с учетом специфики преподаваемого пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>едмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и суммативного оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-обеспечивает достижение личностных, систе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деятельностных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- создает условия для и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-адаптирует учебные программы с учетом индивидуальной потребности </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>разовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- участвует в педагогических консилиумах для родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-повышает профессионал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ьную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-обеспечивает охрану жизни и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-заполн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>яет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>әдістемелік</w:t>
-[...186 lines deleted...]
-              <w:t>-білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+              <w:t>-прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...51 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>): 137000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- высшее образование (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>): 145000 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогиче</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ское образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF" w:rsidP="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.11-1.12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Перече</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нь необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми кв</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 год</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>а № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
-[...46 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...141 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...138 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...633 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме сог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-        </w:rPr>
-[...523 lines deleted...]
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA59A5">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный орган, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>( Ф.И.О. кандидата (при его наличии), ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нужное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="9917" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="2924"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2724"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+            <w:tcW w:w="2115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2924" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2154" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+            <w:tcW w:w="2115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+            <w:tcW w:w="2924" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+            <w:tcW w:w="2154" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+            <w:tcW w:w="2724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения/подтверждения):_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: _</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>Педагогикалық жұмыс өтілі:</w:t>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____________________________________________________________</w:t>
+        <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>:_________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Награды, звания, степень, ученая степень, ученое звание </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>____________________</w:t>
+        <w:t>___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>«_____»_____________20___года              ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>____</w:t>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
-[...17 lines deleted...]
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                         </w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="10137" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 11-қосымша</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
-[...28 lines deleted...]
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F369F" w:rsidRDefault="00375C9E">
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...156 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/ академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 балло</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>в =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...24 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/ Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...24 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...92 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="19"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...33 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...24 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...110 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма  = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F369F">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="19"/>
-[...7 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры олимпиад и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="19"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...33 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...24 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...20 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», «Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA59A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...219 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00B77EFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...3053 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Максимальный балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
+    <w:p w:rsidR="00FA59A5" w:rsidRDefault="00FA59A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F369F" w:rsidRDefault="009F369F">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="009F369F">
+    <w:sectPr w:rsidR="00FA59A5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009F369F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009F369F"/>
+    <w:rsidRoot w:val="00FA59A5"/>
+    <w:rsid w:val="00B77EFF"/>
+    <w:rsid w:val="00FA59A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8335,73 +8121,89 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="115" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="115" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8722,58 +8524,74 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="115" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="115" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -9072,49 +8890,49 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2061</Words>
-  <Characters>11750</Characters>
+  <Words>2078</Words>
+  <Characters>11850</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
+  <Lines>98</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13784</CharactersWithSpaces>
+  <CharactersWithSpaces>13901</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>