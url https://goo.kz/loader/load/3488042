--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,7693 +1,7831 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар қаласының № 14 жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 14  города Павлодара» объявляет конкурс </w:t>
+        <w:t xml:space="preserve">аралас тілдегі </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
+        <w:t xml:space="preserve">физика  мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>на должность учителя физики со смешанным языком обучения  (на вакантную должность)</w:t>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(бос лауазымға)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10137" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 14 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Катаева, 36 </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Катаев көшесі, 36 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>8 (7182) 68-35-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Sosh14@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...54 lines deleted...]
-              <w:t>24 часа</w:t>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>аралас тілдегі физика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мұғалімі, 24 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері шин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім алушы мен тәрбиеленуші тұлға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>рым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>арын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-журналдарды (қағаз немесе электрондық)толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...56 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-оқу процесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нде қарапайым бағдарламалық қамтамасыз етуді және ақпараттық-коммуникациялық технологиялардың қосымшаларын пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім алушылар мен тәрбиеленушілердің мемлекеттік жалпыға міндетті білім беру стандартында көзделген деңгейден төмен емес тұлғалық, Жүй</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>елік-қызметтік, пәндік нәтижелерге қол жеткізуін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-оқу бағдарламаларын, оның ішінде ерекше білім берілуіне қажеттілігі бар білім алушыларға арналған бағдарламаларды әзірлеуге және орындауға қатысады, оқу жоспарына және оқу процесінің кесте</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтарын және бейімділіктерін зерделейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-инклюзивті білім беру үшін жағдай жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-ерекше білім беру қажеттіліктері бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім алушының жеке қажеттіліктерін ескере отырып, оқу бағдарламаларын бейімдейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-арнайы білім беру ұйымдарында оқытылатын пәннің ерекшелігін ескере отырып, дамудағы ауытқуларды барынша еңсеруге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу бойынша жұмысты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-интерактивті оқу материалдары мен цифрлы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім беру ресурстарын пайдалана отырып, қашықтықтан оқыту режимінде сабақтар ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- әдістемелік бірлестіктердің, мұғалімдер қауымдастығының, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагогикалық кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-ата-аналарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арналған педагогикалық консилиумдарға қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-ата-аналарға кеңес береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-кәсіби құзыреттілікті арттырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-              <w:t>-прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім беру процесі кезеңінде білім алушылардың өмірі мен денса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>улығын қорғауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-ата-аналармен немесе олардың орнындағы адамдармен ынтымақтастықты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>рлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...133 lines deleted...]
-              <w:t>): 145000 тенге</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 137000 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 145000 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
-[...4 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+      <w:tr w:rsidR="000A42FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...9 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>арапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...37 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51" w:rsidP="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>.11- 1.12</w:t>
-[...9 lines deleted...]
-              <w:t>. 2022</w:t>
+              <w:t>.11 –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
-[...4 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+      <w:tr w:rsidR="000A42FA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">1) </w:t>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) 10-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...28 lines deleted...]
-              <w:t>2) документ,</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...28 lines deleted...]
-              <w:t>3) заполненный</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">4) </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сип</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...36 lines deleted...]
-              <w:t>5)  копию документа, подтверждающую</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">6) </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту турал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы» ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...54 lines deleted...]
-              <w:t>7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">8) </w:t>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">9) </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) Ұлттық б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...9 lines deleted...]
-              <w:t>10) заполненный</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уақытша бос лауазымына кандидаттың толтырылған </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...18 lines deleted...]
-              <w:t>ласно приложению 11.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>кенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...706 lines deleted...]
-        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>учебного заведения</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения/подтверждения):_</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі жұмыс нәтижелерім бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
-[...16 lines deleted...]
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>Стаж педагогической работы: _</w:t>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________</w:t>
+        <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t>___________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Награды, звания, степень, ученая степень, ученое звание </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>20_____ жылғы «____»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_______________________________________</w:t>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>___________________________________________________</w:t>
+        <w:t xml:space="preserve">                                                                                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...173 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10137" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>назначения на должности,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> государственных организаций образования</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(Т.Ә.А. (болған жағд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>айда))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00057B47">
+      <w:tr w:rsidR="000A42FA">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...119 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Оценка</w:t>
-[...8 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...16 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...166 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...192 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...86 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...220 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00057B47" w:rsidRDefault="00202246">
-[...2 lines deleted...]
-              <w:ind w:left="141"/>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/ академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> докторы = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге дейін = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>н=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілігі/ Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 санат - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары санатты - 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор - 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10 жылдан жә</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>не одан артық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-педагогикалық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A42FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="00006B51">
+            <w:pPr>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...15 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+            <w:pPr>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...2949 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057B47" w:rsidRDefault="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00057B47">
+    <w:p w:rsidR="000A42FA" w:rsidRDefault="000A42FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000A42FA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
@@ -7700,89 +7838,89 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00057B47"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00202246"/>
+    <w:rsidRoot w:val="000A42FA"/>
+    <w:rsid w:val="00006B51"/>
+    <w:rsid w:val="000A42FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8063,129 +8201,116 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
-[...12 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8466,114 +8591,101 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
-[...12 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -8872,49 +8984,49 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2082</Words>
-  <Characters>11868</Characters>
+  <Words>2062</Words>
+  <Characters>11760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>98</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13923</CharactersWithSpaces>
+  <CharactersWithSpaces>13795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>