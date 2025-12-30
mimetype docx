--- v0 (2025-12-24)
+++ v1 (2025-12-30)
@@ -1,2177 +1,12135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="008405BE" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Я</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№57 сәбилер бақшасы-көптілде тәрбиелеу орталығы» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мекен</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы: Павлодар қаласы, Жаяу Мұса к.,4 құрылыс, тел.</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34-70-22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+        <w:t xml:space="preserve">, э/пошта: </w:t>
+      </w:r>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad57@goo.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00887898" w:rsidP="00097EC8">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...118 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025094A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әдіскердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00657DB4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0286C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00657DB4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005117CD">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0286C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00657DB4">
+        <w:t xml:space="preserve">мөлшермен </w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00657DB4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналасуға ашық конкурс жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бұйрығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidR="005117CD">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстың өткізілетін күні мен орны:</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00887898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.11</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17455">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="00887898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00887898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17455">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2022 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж.ж. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025094A" w:rsidRPr="005117CD" w:rsidRDefault="005117CD" w:rsidP="0025094A">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008B44F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді берудің мерзімі мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұқаралық ақпарат құралдарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0025094A" w:rsidRPr="0025094A">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарландыру шыққан күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымға орналасуға құжаттар Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс «Павлодар қаласы №57 сәбилер бақшасы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылданады (электрондық пошта  арқылы немесе қағаз түрінде)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
           <w:b/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="001038AD" w:rsidRDefault="00097EC8" w:rsidP="001038AD">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001038AD" w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат, жұмыс өтіліне талап қойылмайды немесе т</w:t>
+      </w:r>
+      <w:r w:rsidR="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ехникалық және кәсіптік білімін </w:t>
+      </w:r>
+      <w:r w:rsidR="001038AD" w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>растайтын құжат, мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - кемінде 3 жыл, ауылдық жерде - кемінде 1 жыл;</w:t>
+      </w:r>
+      <w:r w:rsidR="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRPr="001038AD" w:rsidRDefault="001038AD" w:rsidP="001038AD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      <w:r w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білімі болған педагог – шебер үшін мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - кемінде 5 жыл, ауылдық жерде-кемінде 3 жыл; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="001038AD" w:rsidRPr="001038AD" w:rsidRDefault="001038AD" w:rsidP="001038AD">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...148 lines deleted...]
-        <w:t xml:space="preserve"> Мусы, стр. 4</w:t>
+      <w:r w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог-модератор, педагог-сарапшы, педагог - зерттеуші үшін тиісті бейіні бойынша техникалық және кәсіптік білімі болған жағдайда мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - кемінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001038AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 жыл, ауылдық жерде-кемінде 3 жыл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00887898" w:rsidRPr="00887898" w:rsidRDefault="00887898" w:rsidP="00887898">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...171 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...88 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00887898">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымының қызметін әдістемелік қамтамасыз етуді ұйымдастырады; оқу, оқу-тақырыптық жоспарлар мен бағдарламалар жасайды;   балаларға арналған білім беру бағдарламаларын таңдауға (әзірлеуге) қатысады;</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00887898">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> жас топтары бойынша сабақ кестесін жасайды; оқыту мен тәрбиелеудің мазмұнын, нысандарын, әдістері мен құралдарын анықтауға көмек көрсетеді;  оқу-әдістемелік құжаттамаларды, құралдарды әзірлеуді, рецензиялауды және бекітуге дайындауды ұйымдастырады; инновациялық педагогикалық тәжірибені анықтауды, зерттеуді, таратуды және енгізуді қамтамасыз етеді; топтарды оқу құралдарымен, ойындармен, ойыншықтармен жинақтауды ұйымдастырады;оқу-әдістемелік және тәрбие жұмысының жағдайын талдайды; тәрбиешілер үшін сабақтар, мастер-кластар, семинарлар, жеке және топтық кеңестер, көрмелер, конкурстар өткізеді, шығармашылық топтардың жұмысын ұйымдастырады; оқу-педагогикалық және әдістемелік әдебиеттердің деректер банкін қалыптастырады, есепке алу және есеп беру құжаттамасын уақытылы рәсімдейді;  тәрбиешілердің, психологтың, логопедтің, музыкалық жетекшінің, ұйымның басқа мамандарының өзара іс-қимылын үйлестіреді; ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық қолдау қызметінің жұмысын үйлестіреді;тәрбиешілер, олардың көмекшілері лауазымдарына кадрларды іріктеу және оларды көтермелеу жөнінде ұсынымдар енгізеді; педагогтердің біліктілігін арттыру және біліктілік санаттарын беру (растау), аттестаттау жөніндегі жұмысты үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008405BE" w:rsidRDefault="000B2A79" w:rsidP="00887898">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00887898">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақының мөлшері </w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, біліміне </w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және санатына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байланысты  </w:t>
+      </w:r>
+      <w:r w:rsidR="00887898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>105</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00887898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00302A28">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00302A28">
-[...41 lines deleted...]
-        <w:t>организует комплектование групп учебными пособиями, играми, игрушками; анализирует состояние учебно-методической и воспитательной работы; проводит для воспитателей занятия, мастер-классы, семинары, индивидуальные и групповые консультации, выставки, конкурсы, организует работу творческих групп;</w:t>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">130, </w:t>
+      </w:r>
+      <w:r w:rsidR="00887898">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңгеге дейін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302A28" w:rsidRPr="00302A28" w:rsidRDefault="00302A28" w:rsidP="00302A28">
-[...62 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00302A28">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...67 lines deleted...]
-      <w:r w:rsidR="00302A28">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>105</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003252D7">
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы Қағидаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006D306F" w:rsidRPr="006D306F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекен</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006D306F" w:rsidRPr="006D306F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="006D306F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9) соттылығының жоқ екендігі туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008405BE" w:rsidRPr="008E79F9" w:rsidRDefault="008405BE" w:rsidP="00316083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00302A28">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00302A28">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003252D7">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00302A28">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003252D7">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8 (7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>34-70-</w:t>
+      </w:r>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">87772070691 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...182 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...107 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...39 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>sad57@</w:t>
-[...4 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+        <w:t xml:space="preserve"> sad57@</w:t>
+      </w:r>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
-[...2 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
-[...2 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
-[...2 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F41D34">
-[...2 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="003252D7">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001038AD" w:rsidRPr="00097EC8" w:rsidRDefault="001038AD" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...55 lines deleted...]
-        <w:t>государственных организаций образования</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...197 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...78 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="008405BE" w:rsidRPr="008405BE" w:rsidRDefault="00097EC8" w:rsidP="008405BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10679"/>
+        </w:tabs>
+        <w:spacing w:before="94"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008405BE" w:rsidRDefault="008405BE" w:rsidP="008405BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6555"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E79F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="008405BE" w:rsidRDefault="00097EC8" w:rsidP="008405BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6555"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008405BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="335"/>
+        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="3938"/>
+        <w:gridCol w:w="1128"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сырттай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">РОӘК – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көптілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidTr="00E05DAA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E79F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E79F9" w:rsidRPr="008E79F9" w:rsidRDefault="008E79F9" w:rsidP="008E79F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00316083" w:rsidRDefault="00316083" w:rsidP="008E79F9">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316083" w:rsidRPr="00097EC8" w:rsidRDefault="00316083" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 10-қосымша    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B0A2D17" wp14:editId="70709229">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F34BD69" wp14:editId="55536377">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>151130</wp:posOffset>
+                  <wp:posOffset>142240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
-                <wp:effectExtent l="12700" t="13335" r="7620" b="4445"/>
+                <wp:effectExtent l="12700" t="8255" r="7620" b="9525"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:docPr id="9" name="Полилиния 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1779905" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 7625 7625"/>
                             <a:gd name="T1" fmla="*/ T0 w 2803"/>
                             <a:gd name="T2" fmla="+- 0 10427 7625"/>
                             <a:gd name="T3" fmla="*/ T2 w 2803"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -2207,12598 +12165,180 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="195328F9" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="178E3B55" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:before="33"/>
-[...12 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>имя,</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...11946 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...169 lines deleted...]
-        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>руководителей</w:t>
-[...26 lines deleted...]
-        <w:t>педагогов</w:t>
+        <w:t>орган</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...315 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="537B3A0F" wp14:editId="396F22E6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1BA05F" wp14:editId="6DE45C0A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="21" name="Полилиния 21"/>
+                <wp:docPr id="8" name="Полилиния 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
                             <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -14834,213 +12374,218 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="63F6A63A" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="27BDB7D1" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="120"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> ИИН</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779A9609" wp14:editId="007AD83A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CABCB77" wp14:editId="15A97A5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="20" name="Полилиния 20"/>
+                <wp:docPr id="7" name="Полилиния 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10353 840"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -15056,171 +12601,180 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="22354855" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="0F7C42DA" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="120"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>работы)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03C5CD6A" wp14:editId="566612A8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C7E514" wp14:editId="0CABF8F3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="8255" r="6985" b="9525"/>
+                <wp:effectExtent l="9525" t="6350" r="6985" b="11430"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="19" name="Полилиния 19"/>
+                <wp:docPr id="6" name="Полилиния 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10353 840"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -15236,101 +12790,101 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="45E8154B" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="7F84B8DE" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E69061" wp14:editId="3C3DAF8E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7A3D19" wp14:editId="3886B21D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="18" name="Полилиния 18"/>
+                <wp:docPr id="5" name="Полилиния 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10353 840"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -15346,2246 +12900,2127 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="29A17387" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="461242DB" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="120"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>телефон</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:before="1"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Заявление</w:t>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...22 lines deleted...]
-        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2584BE05" wp14:editId="707A7AB7">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BC7B2" wp14:editId="1BD8C43E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201295</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6130290" cy="1270"/>
-                <wp:effectExtent l="9525" t="10795" r="13335" b="6985"/>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="5080" r="6985" b="12700"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="17" name="Полилиния 17"/>
+                <wp:docPr id="4" name="Полилиния 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6130290" cy="1270"/>
+                          <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9654">
+                            <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9653" y="0"/>
+                                <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3A0B7F1D" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="37181CB3" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="120" w:right="1486"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65ED4A6C" wp14:editId="5B4D1183">
+                <wp:extent cx="6041390" cy="7620"/>
+                <wp:effectExtent l="8890" t="8890" r="7620" b="2540"/>
+                <wp:docPr id="2" name="Группа 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="7620"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9514" cy="12"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Line 3"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="6"/>
+                            <a:ext cx="9513" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="7107">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="65DABA63" id="Группа 2" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJZGBMjQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWykVN1u2yAUvp+0d0C+T20nbtpYdaopTnrT&#10;bZHaPQAB/KNhQEDjRNOkSXuEvcjeYK/QvtEO4KRde1N1iYSB88N3vo/DxeWu42jLtGmlKKL0JIkQ&#10;E0TSVtRF9OV2NTqPkLFYUMylYEW0Zya6nL9/d9GrnI1lIzllGkESYfJeFVFjrcrj2JCGddicSMUE&#10;GCupO2xhqeuYatxD9o7H4ySZxr3UVGlJmDGwWwZjNPf5q4oR+7mqDLOIFxFgs37Ufty4MZ5f4LzW&#10;WDUtGWDgN6DocCvg0GOqEluM7nT7IlXXEi2NrOwJkV0sq6olzNcA1aTJs2qutLxTvpY672t1pAmo&#10;fcbTm9OST9u1Ri0tonGEBO5AovtfDz8eft7/gf9vNHYM9arOwfFKqxu11qFMmF5L8tWAOX5ud+s6&#10;OKNN/1FSyIrvrPQM7SrduRRQO9p5IfZHIdjOIgKb0yRLJzPQi4DtbDoedCINiPkiiDTLIWx2mmYh&#10;JvW4Y5yH0zzCAZErB+6aeaTT/B+dNw1WzKtkHEsDnYBg4PO6FQxNAo/eYyECiWQnBhKRkIsGi5r5&#10;XLd7BYSlLgKAPwlxCwMKvJLUabjdB1KBnUlgx9N5JAfnSht7xWSH3KSIOAD2UuHttbEOxaOLU07I&#10;Vcs57OOcC9SDQmly5gOM5C11Rmczut4suEZb7HrP/3xJYHnqBndcUJ+sYZguh7nFLQ9zOJwLlw/q&#10;ADjDLDTXt1kyW54vz7NRNp4uR1lSlqMPq0U2mq7Ss9NyUi4WZfrdQUuzvGkpZcKhOzR6mr1O+eHJ&#10;CS16bPUjDfG/2T1fAPbw9aC9kE67cP02ku7X+iAwXEYvte9yHza8SO4Zebr2Xo/v5vwvAAAA//8D&#10;AFBLAwQUAAYACAAAACEAv9a+IdoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBm92kWtGYTSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49Lbh&#10;ysDH7uXmAVSIyBZbz2TgTAGWxeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2&#10;PY5S7lo9T5J77bBhWaixo3VN5XF7cgZeRxxXt+nzsDke1uev3eLtc5OSMddX0+oJVKQp/oXhB1/Q&#10;oRCmvT+xDao1II/EXxXvcZHegdpLaA66yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEACWRgTI0CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAv9a+IdoAAAADAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAO4FAAAAAA==&#10;">
+                <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN7MrhalRDdBCy21N22hOQ7ZMQlmZ2N2a9J/3y0UvM3jfc42H20rbtT7xrGGRaJAEJfO&#10;NFxp+Px4mT+B8AHZYOuYNPyQhzybTraYGjfwkW6nUIkYwj5FDXUIXSqlL2uy6BPXEUfu7HqLIcK+&#10;kqbHIYbbVi6VWkuLDceGGjt6rqm8nL6thnNx/QrFqlCHd5JufNx7NbyWWj/Mxt0GRKAx3MX/7jcT&#10;5y/h75d4gMx+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJSpWfrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".19742mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008405BE">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008405BE">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>город\село) В настоящее время работаю</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25C2A176" wp14:editId="36B903C2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A5A73B" wp14:editId="0C0D57B5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6130290" cy="1270"/>
-                <wp:effectExtent l="9525" t="6350" r="13335" b="11430"/>
+                <wp:extent cx="6396355" cy="1270"/>
+                <wp:effectExtent l="9525" t="12065" r="13970" b="5715"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="16" name="Полилиния 16"/>
+                <wp:docPr id="1" name="Полилиния 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6130290" cy="1270"/>
+                          <a:ext cx="6396355" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 10073"/>
+                            <a:gd name="T2" fmla="+- 0 11333 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9654">
+                            <a:path w="10073">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9653" y="0"/>
+                                <a:pt x="10073" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B83982A" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="4B8AF50B" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...108 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00B86780" w:rsidRPr="00097EC8" w:rsidRDefault="00B86780">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...58 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...825 lines deleted...]
-    <w:sectPr w:rsidR="005A0474">
+    <w:sectPr w:rsidR="00B86780" w:rsidRPr="00097EC8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...348 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C37D06"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00F41D34"/>
+    <w:rsidRoot w:val="00E918E4"/>
+    <w:rsid w:val="00097EC8"/>
+    <w:rsid w:val="000B2A79"/>
+    <w:rsid w:val="000B5DE8"/>
+    <w:rsid w:val="001038AD"/>
+    <w:rsid w:val="00316083"/>
+    <w:rsid w:val="003D6718"/>
+    <w:rsid w:val="004706CD"/>
+    <w:rsid w:val="00650790"/>
+    <w:rsid w:val="006D306F"/>
+    <w:rsid w:val="008405BE"/>
+    <w:rsid w:val="00887898"/>
+    <w:rsid w:val="008B44F2"/>
+    <w:rsid w:val="008E79F9"/>
+    <w:rsid w:val="00B17455"/>
+    <w:rsid w:val="00B86780"/>
+    <w:rsid w:val="00C0286C"/>
+    <w:rsid w:val="00E918E4"/>
+    <w:rsid w:val="00F07C22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0A70E991"/>
-  <w15:docId w15:val="{421D1B1C-F091-4E90-B3B1-BA52B6256631}"/>
+  <w14:docId w14:val="44E3D7F4"/>
+  <w15:docId w15:val="{BC2CFCCD-B83B-4552-A635-6E2E393BB871}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17629,51 +15064,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17966,241 +15401,132 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...60 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00097EC8"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
-[...34 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00302A28"/>
+    <w:rsid w:val="00887898"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="338045218">
+    <w:div w:id="11146817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="951205170">
-[...12 lines deleted...]
-    <w:div w:id="1552955697">
+    <w:div w:id="1564490961">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18420,59 +15746,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4ED398F4-5932-4C0F-94EA-90E3A94188E9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1756</Words>
-  <Characters>10015</Characters>
+  <Words>1654</Words>
+  <Characters>9429</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11748</CharactersWithSpaces>
+  <CharactersWithSpaces>11061</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>